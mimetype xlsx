--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -335,51 +335,51 @@
   <si>
     <t>#68 Edward Campbell - C</t>
   </si>
   <si>
     <t>#1 Calvin Carper - K</t>
   </si>
   <si>
     <t>DAY</t>
   </si>
   <si>
     <t>DAY 25</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-DAY 25 (15:00) 39-Sean Kolb ran to DAY 28 for 3 yards. Tackle by 97-Pablo Mallory.</t>
   </si>
   <si>
     <t>#9 Matthew Powers - QB</t>
   </si>
   <si>
-    <t>#87 Enrique Pierce - C</t>
+    <t>#87 Enrique Pierce - WR</t>
   </si>
   <si>
     <t>#15 John Hebert - WR</t>
   </si>
   <si>
     <t>#57 Robert Cortez - C</t>
   </si>
   <si>
     <t>#52 Terry Swanson - C</t>
   </si>
   <si>
     <t>#53 Lloyd Sanderson - LDE</t>
   </si>
   <si>
     <t>#68 Curtis Byrd - DT</t>
   </si>
   <si>
     <t>#77 Chris Savage - DT</t>
   </si>
   <si>
     <t>#95 Michael Thompson - RDE</t>
   </si>
   <si>
     <t>#35 Jessie Caldwell - FS</t>
   </si>
@@ -398,51 +398,51 @@
   <si>
     <t>#39 Victor Holm - CB</t>
   </si>
   <si>
     <t>#43 Felix Hunt - CB</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>DAY 28</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>2-7-DAY 28 (14:23) 81-Travis Benoit ran to DAY 27 for -1 yards. Tackle by 59-Ellis Jones.</t>
   </si>
   <si>
     <t>#81 Travis Benoit - RB</t>
   </si>
   <si>
-    <t>#10 Scott Rodriquez - C</t>
+    <t>#10 Scott Rodriquez - WR</t>
   </si>
   <si>
     <t>#91 Dennis Quesada - CB</t>
   </si>
   <si>
     <t>13:41</t>
   </si>
   <si>
     <t>DAY 27</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>3-8-DAY 27 (13:40) 81-Travis Benoit ran to DAY 31 for 4 yards. Tackle by 90-Jessie Caldwell.</t>
   </si>
   <si>
     <t>13:04</t>
   </si>
   <si>
     <t>DAY 31</t>
   </si>
@@ -491,102 +491,102 @@
   <si>
     <t>#40 Stanley Farber - WR</t>
   </si>
   <si>
     <t>#30 Chuck Novick - WR</t>
   </si>
   <si>
     <t>#51 Joseph Jacob - LT</t>
   </si>
   <si>
     <t>#66 Robert Neely - LG</t>
   </si>
   <si>
     <t>#60 Mathew Felton - C</t>
   </si>
   <si>
     <t>#75 Milford Smith - RG</t>
   </si>
   <si>
     <t>#58 Steven Hyland - RT</t>
   </si>
   <si>
     <t>#72 William Apple - MLB</t>
   </si>
   <si>
-    <t>#33 John Baines - DT</t>
+    <t>#33 John Baines - MLB</t>
   </si>
   <si>
     <t>#70 William May - LDE</t>
   </si>
   <si>
     <t>#91 William Bridwell - LDE</t>
   </si>
   <si>
-    <t>#41 John Branch - RDE</t>
+    <t>#41 John Branch - CB</t>
   </si>
   <si>
     <t>#38 George Brown - RDE</t>
   </si>
   <si>
     <t>#31 Brian Murphy - CB</t>
   </si>
   <si>
     <t>#97 Eugene Roux - CB</t>
   </si>
   <si>
     <t>#90 Patrick Wallace - CB</t>
   </si>
   <si>
     <t>#25 Carl Parramore - CB</t>
   </si>
   <si>
     <t>#29 Vincent Watson - CB</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>PRI 24</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-6-PRI 24 (12:16) 7-Gary Villicana pass Pass knocked down by 38-George Brown. incomplete, intended for 42-Timothy Menendez.</t>
   </si>
   <si>
     <t>#19 Billy Ford - WR</t>
   </si>
   <si>
     <t>#59 Alex Schmidt - SLB</t>
   </si>
   <si>
-    <t>#28 Donald Michael - RDE</t>
+    <t>#28 Donald Michael - CB</t>
   </si>
   <si>
     <t>#93 Rene Johnson - WLB</t>
   </si>
   <si>
     <t>#99 David Hartzler - FS</t>
   </si>
   <si>
     <t>12:11</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>3-6-PRI 24 (12:12) 7-Gary Villicana pass Pass knocked down by 93-Rene Johnson. incomplete, intended for 86-Jimmy Teague. PENALTY - Holding (PRI 51-Joseph Jacob) (Declined)</t>
   </si>
   <si>
     <t>12:08</t>
   </si>
   <si>
     <t>4-6-PRI 24 (12:09) 2-Daniel Moore punts 56 yards to DAY 21. 19-Phillip Mandell to DAY 32 for 12 yards. Tackle by 60-Mathew Felton. PENALTY - Holding (PRI 63-Roland Switzer) (Declined)</t>
   </si>
   <si>
     <t>#2 Daniel Moore - P</t>
   </si>
@@ -2255,51 +2255,51 @@
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>