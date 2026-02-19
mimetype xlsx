--- v1 (2026-01-11)
+++ v2 (2026-02-19)
@@ -311,51 +311,51 @@
   <si>
     <t>#77 Jack Stone - C</t>
   </si>
   <si>
     <t>#27 Donald Myers - WR</t>
   </si>
   <si>
     <t>#61 Ruben Merkel - LG</t>
   </si>
   <si>
     <t>#69 John Clements - C</t>
   </si>
   <si>
     <t>#63 John Chan - RG</t>
   </si>
   <si>
     <t>#83 Adam Hogan - C</t>
   </si>
   <si>
     <t>#86 Joseph Hearn - C</t>
   </si>
   <si>
     <t>#39 Sean Kolb - RB</t>
   </si>
   <si>
-    <t>#68 Edward Campbell - C</t>
+    <t>#72 Edward Campbell - LG</t>
   </si>
   <si>
     <t>#1 Calvin Carper - K</t>
   </si>
   <si>
     <t>DAY</t>
   </si>
   <si>
     <t>DAY 25</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-DAY 25 (15:00) 39-Sean Kolb ran to DAY 28 for 3 yards. Tackle by 97-Pablo Mallory.</t>
   </si>
   <si>
     <t>#9 Matthew Powers - QB</t>
   </si>
   <si>
     <t>#87 Enrique Pierce - WR</t>
   </si>
@@ -512,51 +512,51 @@
   <si>
     <t>#72 William Apple - MLB</t>
   </si>
   <si>
     <t>#33 John Baines - MLB</t>
   </si>
   <si>
     <t>#70 William May - LDE</t>
   </si>
   <si>
     <t>#91 William Bridwell - LDE</t>
   </si>
   <si>
     <t>#41 John Branch - CB</t>
   </si>
   <si>
     <t>#38 George Brown - RDE</t>
   </si>
   <si>
     <t>#31 Brian Murphy - CB</t>
   </si>
   <si>
     <t>#97 Eugene Roux - CB</t>
   </si>
   <si>
-    <t>#90 Patrick Wallace - CB</t>
+    <t>#25 Patrick Wallace - CB</t>
   </si>
   <si>
     <t>#25 Carl Parramore - CB</t>
   </si>
   <si>
     <t>#29 Vincent Watson - CB</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>PRI 24</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-6-PRI 24 (12:16) 7-Gary Villicana pass Pass knocked down by 38-George Brown. incomplete, intended for 42-Timothy Menendez.</t>
   </si>
   <si>
     <t>#19 Billy Ford - WR</t>
   </si>
@@ -983,51 +983,51 @@
   <si>
     <t>3-6-DAY 32 (13:36) 81-Travis Benoit ran to DAY 33 for a short gain. Tackle by 39-Victor Holm.</t>
   </si>
   <si>
     <t>12:57</t>
   </si>
   <si>
     <t>DAY 33</t>
   </si>
   <si>
     <t>4-6-DAY 33 (12:56) 5-George Brown punts 49 yards to PRI 18. Fair Catch by 45-Henry Casey.</t>
   </si>
   <si>
     <t>12:48</t>
   </si>
   <si>
     <t>PRI 18</t>
   </si>
   <si>
     <t>1-10-PRI 18 (12:49) 42-Timothy Menendez ran to PRI 30 for 12 yards. Tackle by 25-Carl Parramore. PRI 96-Lloyd Sanderson was injured on the play. He looks like he should be able to return. PRI 2-Daniel Moore was injured on the play. He looks like he should be able to return. PRI 45-Henry Casey was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>1-10-PRI 30 (12:16) 7-Gary Villicana pass complete to 40-Stanley Farber to PRI 42 for 12 yards. Tackle by 93-Rene Johnson.</t>
   </si>
   <si>
-    <t>#81 Damien Jones - WR</t>
+    <t>#80 Damien Jones - WR</t>
   </si>
   <si>
     <t>11:38</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>1-10-PRI 42 (11:37) 7-Gary Villicana pass Pass knocked down by 25-Carl Parramore. incomplete, intended for 40-Stanley Farber.</t>
   </si>
   <si>
     <t>#31 James Joyner - WR</t>
   </si>
   <si>
     <t>11:33</t>
   </si>
   <si>
     <t>2-10-PRI 42 (11:34) 31-James Joyner ran to PRI 48 for 7 yards. Tackle by 35-Michael Judy.</t>
   </si>
   <si>
     <t>#35 Michael Judy - WLB</t>
   </si>
   <si>
     <t>10:56</t>
   </si>
@@ -1115,51 +1115,51 @@
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>
   <si>
     <t>2-5-DAY 8 (7:05) 7-Gary Villicana pass complete to 42-Timothy Menendez to DAY 1 for 7 yards. Tackle by 56-Vincent Watson.</t>
   </si>
   <si>
     <t>6:21</t>
   </si>
   <si>
     <t>DAY 1</t>
   </si>
   <si>
     <t>1-1-DAY 1 (6:20) 23-David Grant ran for 1 yards. TOUCHDOWN! PRI 6 DAY 6</t>
   </si>
   <si>
     <t>6:18</t>
   </si>
   <si>
     <t>DAY 15</t>
   </si>
   <si>
     <t>(6:19) Extra point GOOD by 1-Calvin Carper. PRI 7 DAY 6</t>
   </si>
   <si>
-    <t>#64 Gary Lawrence - C</t>
+    <t>#50 Gary Lawrence - C</t>
   </si>
   <si>
     <t>#61 Harold Mills - C</t>
   </si>
   <si>
     <t>#98 Bobby Sheppard - LDE</t>
   </si>
   <si>
     <t>(6:19) 1-Calvin Carper kicks 74 yards from PRI 35 to DAY -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-DAY 25 (6:19) 9-Matthew Powers pass complete to 15-John Hebert to PRI 42 for 33 yards. Tackle by 91-Dennis Quesada. Great move by 15-John Hebert to get free of his coverage. PENALTY - Pass Interference (PRI 91-Dennis Quesada) (Declined)</t>
   </si>
   <si>
     <t>6:12</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-PRI 42 (6:13) 19-Phillip Mandell ran to PRI 42 for a short loss. Tackle by 39-Victor Holm.</t>
   </si>
   <si>
     <t>5:36</t>
   </si>
@@ -2242,97 +2242,97 @@
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="500.021" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>