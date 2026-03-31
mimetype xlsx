--- v2 (2026-02-19)
+++ v3 (2026-03-31)
@@ -281,51 +281,51 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>PRI has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>PRI</t>
   </si>
   <si>
     <t>PRI 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-Calvin Carper kicks 71 yards from PRI 35 to DAY -6. Touchback.</t>
   </si>
   <si>
-    <t>#19 Phillip Mandell - WR</t>
+    <t>#19 Phillip Mandell - C</t>
   </si>
   <si>
     <t>#16 William Smith - WR</t>
   </si>
   <si>
     <t>#77 Jack Stone - C</t>
   </si>
   <si>
     <t>#27 Donald Myers - WR</t>
   </si>
   <si>
     <t>#61 Ruben Merkel - LG</t>
   </si>
   <si>
     <t>#69 John Clements - C</t>
   </si>
   <si>
     <t>#63 John Chan - RG</t>
   </si>
   <si>
     <t>#83 Adam Hogan - C</t>
   </si>
   <si>
     <t>#86 Joseph Hearn - C</t>
   </si>
@@ -359,51 +359,51 @@
   <si>
     <t>#87 Enrique Pierce - WR</t>
   </si>
   <si>
     <t>#15 John Hebert - WR</t>
   </si>
   <si>
     <t>#57 Robert Cortez - C</t>
   </si>
   <si>
     <t>#52 Terry Swanson - C</t>
   </si>
   <si>
     <t>#53 Lloyd Sanderson - LDE</t>
   </si>
   <si>
     <t>#68 Curtis Byrd - DT</t>
   </si>
   <si>
     <t>#77 Chris Savage - DT</t>
   </si>
   <si>
     <t>#95 Michael Thompson - RDE</t>
   </si>
   <si>
-    <t>#35 Jessie Caldwell - FS</t>
+    <t>#35 Jessie Caldwell - LDE</t>
   </si>
   <si>
     <t>#97 Pablo Mallory - CB</t>
   </si>
   <si>
     <t>#4 Scott Perez - CB</t>
   </si>
   <si>
     <t>#59 Ellis Jones - CB</t>
   </si>
   <si>
     <t>#20 George Young - CB</t>
   </si>
   <si>
     <t>#39 Victor Holm - CB</t>
   </si>
   <si>
     <t>#43 Felix Hunt - CB</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>DAY 28</t>
   </si>
@@ -437,51 +437,51 @@
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>3-8-DAY 27 (13:40) 81-Travis Benoit ran to DAY 31 for 4 yards. Tackle by 90-Jessie Caldwell.</t>
   </si>
   <si>
     <t>13:04</t>
   </si>
   <si>
     <t>DAY 31</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-DAY 31 (13:03) 5-George Brown punts 49 yards to PRI 20. Fair Catch by 45-Henry Casey.</t>
   </si>
   <si>
     <t>#5 George Brown - P</t>
   </si>
   <si>
-    <t>#14 Henry Casey - WR</t>
+    <t>#14 Henry Casey - C</t>
   </si>
   <si>
     <t>#65 Lee Christmas - LT</t>
   </si>
   <si>
     <t>#54 Travis Heck - DT</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>PRI 20</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>1-10-PRI 20 (12:56) 42-Timothy Menendez ran to PRI 24 for 4 yards. Tackle by 41-John Branch.</t>
   </si>
   <si>
     <t>#7 Gary Villicana - QB</t>
   </si>
   <si>
     <t>#42 Timothy Menendez - WR</t>
   </si>
@@ -2233,89 +2233,89 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD175"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="500.021" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>