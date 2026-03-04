--- v0 (2025-12-16)
+++ v1 (2026-03-04)
@@ -293,51 +293,51 @@
   <si>
     <t>TBY 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 8-Clinton Matheson kicks 75 yards from TBY 35 to ATL -10. Touchback.</t>
   </si>
   <si>
     <t>#40 Michael Schwartz - RB</t>
   </si>
   <si>
     <t>#61 Michael Crawford - RT</t>
   </si>
   <si>
     <t>#90 William Michael Griffin Jr. - LDE</t>
   </si>
   <si>
     <t>#35 Michael Berrin - FS</t>
   </si>
   <si>
-    <t>#2 Jeffery Hamilton - CB</t>
+    <t>#36 Jeffery Hamilton - CB</t>
   </si>
   <si>
     <t>#70 Jonas Taylor - DT</t>
   </si>
   <si>
     <t>#48 Joseph Coleman - FS</t>
   </si>
   <si>
     <t>#94 Robert Coto - WLB</t>
   </si>
   <si>
     <t>#22 Keith Allison - CB</t>
   </si>
   <si>
     <t>#27 Jack Morrison - CB</t>
   </si>
   <si>
     <t>#28 Mason Hargreaves - FS</t>
   </si>
   <si>
     <t>#8 Clinton Matheson - K</t>
   </si>
   <si>
     <t>ATL</t>
   </si>
@@ -362,96 +362,96 @@
   <si>
     <t>#42 Ralph George - FB</t>
   </si>
   <si>
     <t>#89 Ernest Matney - TE</t>
   </si>
   <si>
     <t>#86 Bruce Hebert - TE</t>
   </si>
   <si>
     <t>#60 Robert Williams - LT</t>
   </si>
   <si>
     <t>#52 Carlos Gutierrez - LG</t>
   </si>
   <si>
     <t>#65 Jerry Simmons - C</t>
   </si>
   <si>
     <t>#64 Kevin Torres - RG</t>
   </si>
   <si>
     <t>#92 Ted Johnson - LDE</t>
   </si>
   <si>
-    <t>#67 David Richter - DT</t>
+    <t>#91 David Richter - RDE</t>
   </si>
   <si>
     <t>#60 Ronald Talmage - DT</t>
   </si>
   <si>
     <t>#98 Winston Callahan - RDE</t>
   </si>
   <si>
     <t>#3 John Rector - SLB</t>
   </si>
   <si>
     <t>#55 William Mixon - MLB</t>
   </si>
   <si>
     <t>#2 Jeffrey Gillum - WLB</t>
   </si>
   <si>
     <t>#39 Marvin Glynn - CB</t>
   </si>
   <si>
     <t>#25 Billy Cantu - CB</t>
   </si>
   <si>
     <t>#32 Roger Rocha - SS</t>
   </si>
   <si>
     <t>#34 James Rodriguez - FS</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>ATL 23</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-12-ATL 23 (14:23) 13-Felix Hays pass incomplete, dropped by 34-Colby Hawkins.</t>
   </si>
   <si>
-    <t>#87 Eric Carlson - WR</t>
+    <t>#13 Eric Carlson - WR</t>
   </si>
   <si>
     <t>#26 Frank Martin - WR</t>
   </si>
   <si>
     <t>#23 Alfred Simental - WR</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>3-12-ATL 23 (14:20) 13-Felix Hays pass INTERCEPTED by 25-Billy Cantu at ATL 25. 25-Billy Cantu to ATL 25 for 0 yards. Tackle by 23-Alfred Simental. Pressure by 67-David Richter.</t>
   </si>
   <si>
     <t>#20 Arthur Eddins - RB</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
@@ -518,51 +518,51 @@
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(14:10) Extra point GOOD by 8-Clinton Matheson. ATL 0 TBY 7</t>
   </si>
   <si>
     <t>#5 Luis Phillips - QB</t>
   </si>
   <si>
     <t>#71 Samuel Peters - LT</t>
   </si>
   <si>
     <t>#65 Marcus Rossetti - RG</t>
   </si>
   <si>
     <t>#52 William Rademacher - C</t>
   </si>
   <si>
     <t>#54 Mark Labadie - WLB</t>
   </si>
   <si>
-    <t>#95 Cary Laird - DT</t>
+    <t>#57 Cary Laird - DT</t>
   </si>
   <si>
     <t>#69 Curtis Lindsey - DT</t>
   </si>
   <si>
     <t>#96 Timothy Marez - DT</t>
   </si>
   <si>
     <t>#67 Joseph Johnson - LDE</t>
   </si>
   <si>
     <t>#98 Travis Romero - LDE</t>
   </si>
   <si>
     <t>(14:10) 8-Clinton Matheson kicks 74 yards from TBY 35 to ATL -9. Touchback.</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>1-10-ATL 25 (14:10) 13-Felix Hays pass complete to 89-Ernest Matney to ATL 33 for 8 yards. Tackle by 34-James Rodriguez. Great move by 89-Ernest Matney to get free of his coverage.</t>
   </si>
@@ -707,51 +707,51 @@
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-TBY 13 (9:45) 15-Francis Walker pass complete to 17-Chester True to ATL 41 for 47 yards. Tackle by 22-Keith Allison. PENALTY - Holding (TBY 40-Armando Cox)</t>
   </si>
   <si>
     <t>#40 Armando Cox - RB</t>
   </si>
   <si>
     <t>9:36</t>
   </si>
   <si>
     <t>TBY 6</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Slot Post</t>
   </si>
   <si>
     <t>Nickel Strong FS WLB Blitz</t>
   </si>
   <si>
     <t>1-16-TBY 6 (9:37) 15-Francis Walker pass Pass knocked down by 2-Jeffery Hamilton. incomplete, intended for 87-Michael Gholson.</t>
   </si>
   <si>
-    <t>#87 Michael Gholson - WR</t>
+    <t>#13 Michael Gholson - WR</t>
   </si>
   <si>
     <t>#12 Shawn Karr - WR</t>
   </si>
   <si>
     <t>9:32</t>
   </si>
   <si>
     <t>I Formation Power HB Dive Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-16-TBY 6 (9:33) 23-Jose Ratliff ran to TBY 5 for -1 yards. Tackle by 91-Manuel Ames.</t>
   </si>
   <si>
     <t>8:52</t>
   </si>
   <si>
     <t>TBY 5</t>
   </si>
   <si>
     <t>3-17-TBY 5 (8:51) 15-Francis Walker pass complete to 80-Gregory Martinez to TBY 14 for 8 yards. Tackle by 94-Robert Coto.</t>
   </si>
@@ -1037,51 +1037,51 @@
   <si>
     <t>14:06</t>
   </si>
   <si>
     <t>2-10-ATL 27 (14:07) 13-Felix Hays pass complete to 26-Frank Martin for 73 yards. TOUCHDOWN! 26-Frank Martin made a great move on the CB. ATL 6 TBY 7</t>
   </si>
   <si>
     <t>13:56</t>
   </si>
   <si>
     <t>TBY 15</t>
   </si>
   <si>
     <t>(13:57) Extra point GOOD by 4-Chris Claycomb. ATL 7 TBY 7</t>
   </si>
   <si>
     <t>#12 Allen Hardaway - QB</t>
   </si>
   <si>
     <t>#4 Chris Claycomb - K</t>
   </si>
   <si>
     <t>#62 Jason Brantley - RDE</t>
   </si>
   <si>
-    <t>#72 Jimmie Long - LDE</t>
+    <t>#64 Jimmie Long - LDE</t>
   </si>
   <si>
     <t>(13:57) 4-Chris Claycomb kicks 75 yards from ATL 35 to TBY -10. Touchback.</t>
   </si>
   <si>
     <t>Singleback Normal FL Post</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-TBY 25 (13:57) 15-Francis Walker pass complete to 12-Shawn Karr to TBY 30 for 5 yards. Tackle by 28-Mason Hargreaves. 12-Shawn Karr breaks down the CB.</t>
   </si>
   <si>
     <t>13:15</t>
   </si>
   <si>
     <t>TBY 30</t>
   </si>
   <si>
     <t>2-5-TBY 30 (13:14) 15-Francis Walker pass Pass knocked down by 22-Keith Allison. incomplete, intended for 17-Chester True. Pressure by 35-Michael Berrin.</t>
   </si>
   <si>
     <t>13:08</t>
   </si>