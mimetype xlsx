--- v0 (2026-01-09)
+++ v1 (2026-03-03)
@@ -287,117 +287,117 @@
   <si>
     <t>SPP has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>NEC</t>
   </si>
   <si>
     <t>NEC 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Bradley Brendle kicks 70 yards from NEC 35 to SPP -5. 82-Mark Turner to SPP 22 for 27 yards. Tackle by 29-Vincent Watson. SPP 44-Wilfredo Essex was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#82 Mark Turner - TE</t>
   </si>
   <si>
     <t>#99 Robert Huggins - WLB</t>
   </si>
   <si>
-    <t>#96 Scott Stuart - DT</t>
-[...5 lines deleted...]
-    <t>#44 Wilfredo Essex - WLB</t>
+    <t>#52 Scott Stuart - DT</t>
+  </si>
+  <si>
+    <t>#47 Adam Beiler - FS</t>
+  </si>
+  <si>
+    <t>#93 Wilfredo Essex - WLB</t>
   </si>
   <si>
     <t>#66 Tyler Raney - RDE</t>
   </si>
   <si>
     <t>#35 Steven Templeton - CB</t>
   </si>
   <si>
     <t>#74 Christopher Chang - LDE</t>
   </si>
   <si>
     <t>#31 Eugene Stiffler - CB</t>
   </si>
   <si>
     <t>#57 Steve Williams - WLB</t>
   </si>
   <si>
-    <t>#71 Robert Manzo - DT</t>
+    <t>#97 Robert Manzo - LDE</t>
   </si>
   <si>
     <t>#3 Bradley Brendle - K</t>
   </si>
   <si>
     <t>SPP</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>SPP 22</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>1-10-SPP 22 (14:56) 18-Jerry Boone pass incomplete, dropped by 86-Marvin Sword. Excellent coverage on that play. Pressure by 96-Daniel Hummel.</t>
   </si>
   <si>
     <t>#18 Jerry Boone - QB</t>
   </si>
   <si>
     <t>#13 Calvin Davis - RB</t>
   </si>
   <si>
     <t>#33 Randall Combs - FB</t>
   </si>
   <si>
     <t>#83 Steven Bauman - TE</t>
   </si>
   <si>
-    <t>#80 John Webb - WR</t>
+    <t>#81 John Webb - WR</t>
   </si>
   <si>
     <t>#86 Marvin Sword - WR</t>
   </si>
   <si>
-    <t>#61 Steve Daigle - LT</t>
+    <t>#68 Steve Daigle - LT</t>
   </si>
   <si>
     <t>#60 William Franco - LG</t>
   </si>
   <si>
     <t>#76 Arturo Houle - C</t>
   </si>
   <si>
     <t>#73 Lester Curry - RG</t>
   </si>
   <si>
     <t>#65 Fred Hubbs - RT</t>
   </si>
   <si>
     <t>#94 Norman Gates - SS</t>
   </si>
   <si>
     <t>#97 Ray Higgins - DT</t>
   </si>
   <si>
     <t>#99 Ted Soto - DT</t>
   </si>
   <si>
     <t>#96 Daniel Hummel - WLB</t>
   </si>
@@ -476,54 +476,54 @@
   <si>
     <t>#12 Kenneth Krueger - WR</t>
   </si>
   <si>
     <t>#14 Michael Huffman - WR</t>
   </si>
   <si>
     <t>#17 Robert Cupp - WR</t>
   </si>
   <si>
     <t>#76 Matthew Patterson - LT</t>
   </si>
   <si>
     <t>#66 Albert Scott - LG</t>
   </si>
   <si>
     <t>#60 Vincent Hagedorn - C</t>
   </si>
   <si>
     <t>#69 Darryl Wyman - RG</t>
   </si>
   <si>
     <t>#78 William Kuhn - RT</t>
   </si>
   <si>
-    <t>#93 Dustin Brockington - RDE</t>
-[...2 lines deleted...]
-    <t>#57 Michael Gowan - MLB</t>
+    <t>#58 Dustin Brockington - RDE</t>
+  </si>
+  <si>
+    <t>#59 Michael Gowan - MLB</t>
   </si>
   <si>
     <t>#29 Robert Dejean - CB</t>
   </si>
   <si>
     <t>#22 Scott Ray - SS</t>
   </si>
   <si>
     <t>14:09</t>
   </si>
   <si>
     <t>SPP 36</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-19-SPP 36 (14:08) 35-Charles Lyons ran to SPP 34 for 2 yards. Tackle by 28-Adam Beiler.</t>
   </si>
   <si>
     <t>#81 Joseph Reyes - FB</t>
   </si>
@@ -545,51 +545,51 @@
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>3-17-SPP 34 (13:36) 9-Alonzo Gibson pass complete to 35-Charles Lyons to SPP 15 for 19 yards. Tackle by 28-Adam Beiler.</t>
   </si>
   <si>
     <t>12:59</t>
   </si>
   <si>
     <t>SPP 15</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-SPP 15 (12:58) 9-Alonzo Gibson pass complete to 19-Todd Pilon to SPP 4 for 10 yards. Tackle by 29-Robert Dejean.</t>
   </si>
   <si>
     <t>#30 Paul McGuire - WR</t>
   </si>
   <si>
-    <t>#13 Victor Waite - WR</t>
+    <t>#43 Victor Waite - FB</t>
   </si>
   <si>
     <t>#19 Todd Pilon - WR</t>
   </si>
   <si>
     <t>12:13</t>
   </si>
   <si>
     <t>SPP 4</t>
   </si>
   <si>
     <t>1-4-SPP 4 (12:12) 9-Alonzo Gibson pass complete to 17-Robert Cupp for 4 yards. TOUCHDOWN! 17-Robert Cupp made a great move on the CB. NEC 6 SPP 0</t>
   </si>
   <si>
     <t>#95 Cletus La - MLB</t>
   </si>
   <si>
     <t>#38 Troy Garland - CB</t>
   </si>
   <si>
     <t>12:08</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
@@ -662,51 +662,51 @@
   <si>
     <t>10:43</t>
   </si>
   <si>
     <t>SPP 33</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-SPP 33 (10:42) 6-Brandon Huffman punts 56 yards to NEC 10. 35-Charles Lyons to NEC 21 for 11 yards. Tackle by 82-Mark Turner.</t>
   </si>
   <si>
     <t>#6 Brandon Huffman - P</t>
   </si>
   <si>
     <t>#62 Joe Salazar - LG</t>
   </si>
   <si>
     <t>#77 Willard Downing - LT</t>
   </si>
   <si>
-    <t>#67 Glenn Heath - RG</t>
+    <t>#50 Glenn Heath - RG</t>
   </si>
   <si>
     <t>10:33</t>
   </si>
   <si>
     <t>NEC 21</t>
   </si>
   <si>
     <t>I Formation 3WR Backfield Flats</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-NEC 21 (10:34) 9-Alonzo Gibson pass complete to 30-Paul McGuire to NEC 32 for 11 yards. Tackle by 53-Eduardo Whisler.</t>
   </si>
   <si>
     <t>9:53</t>
   </si>
   <si>
     <t>NEC 32</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
@@ -725,51 +725,51 @@
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>1-10-NEC 45 (9:17) 30-Paul McGuire ran to NEC 49 for 4 yards. Tackle by 95-Cletus La.</t>
   </si>
   <si>
     <t>8:43</t>
   </si>
   <si>
     <t>NEC 49</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>3-4 Normal 4 Deep QB Spy</t>
   </si>
   <si>
     <t>2-6-NEC 49 (8:42) 9-Alonzo Gibson pass Pass knocked down by 91-James Mountain. incomplete, intended for 81-Joseph Reyes.</t>
   </si>
   <si>
     <t>#91 James Mountain - MLB</t>
   </si>
   <si>
-    <t>#27 Kermit Lee - FS</t>
+    <t>#27 Kermit Lee - SS</t>
   </si>
   <si>
     <t>8:38</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>3-6-NEC 49 (8:39) 9-Alonzo Gibson pass INTERCEPTED by 35-Steven Templeton at SPP 47. 35-Steven Templeton to SPP 47 for -0 yards. Tackle by 13-Victor Waite.</t>
   </si>
   <si>
     <t>8:35</t>
   </si>
   <si>
     <t>SPP 47</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>1-10-SPP 47 (8:36) 13-Calvin Davis ran to SPP 45 for -2 yards. Tackle by 57-Bradley Moore.</t>
   </si>
   <si>
     <t>#17 Raymond Rose - WR</t>
   </si>
@@ -1760,51 +1760,51 @@
   <si>
     <t>2-9-SPP 13 (2:27) 33-Paul Bogle ran to SPP 8 for 6 yards. Tackle by 22-Scott Ray.</t>
   </si>
   <si>
     <t>SPP 8</t>
   </si>
   <si>
     <t>3-4-SPP 8 (2:00) 38-William Bonomo ran to SPP 4 for 3 yards. Tackle by 71-Robert Manzo.</t>
   </si>
   <si>
     <t>1:23</t>
   </si>
   <si>
     <t>4-1-SPP 4 (1:22) 3-Bradley Brendle 22 yard field goal is GOOD. NEC 29 SPP 3</t>
   </si>
   <si>
     <t>1:19</t>
   </si>
   <si>
     <t>(1:20) 3-Bradley Brendle kicks 75 yards from NEC 35 to SPP -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-SPP 25 (1:20) 18-Jerry Boone pass complete to 13-Calvin Davis to SPP 29 for 4 yards. Tackle by 98-Graig Branch. NEC 26-Matthew Lopez was injured on the play.</t>
   </si>
   <si>
-    <t>#98 Graig Branch - DT</t>
+    <t>#66 Graig Branch - DT</t>
   </si>
   <si>
     <t>0:58</t>
   </si>
   <si>
     <t>2-6-SPP 29 (0:57) 18-Jerry Boone pass complete to 80-John Webb to SPP 34 for 4 yards. Tackle by 55-George Roberts. Nice job by 80-John Webb on that route to lose his coverage.</t>
   </si>
   <si>
     <t>0:33</t>
   </si>
   <si>
     <t>3-1-SPP 34 (0:32) 18-Jerry Boone pass complete to 17-Raymond Rose to SPP 36 for 3 yards. Tackle by 94-Norman Gates.</t>
   </si>
   <si>
     <t>0:09</t>
   </si>
   <si>
     <t>1-10-SPP 36 (0:08) 18-Jerry Boone pass complete to 17-Raymond Rose for 64 yards. TOUCHDOWN! 17-Raymond Rose did some fancy footwork there. You can tell that the offense is starting to figure out how to beat that defensive play. NEC 29 SPP 9</t>
   </si>
   <si>
     <t>(0:00) 18-Jerry Boone pass incomplete, intended for 83-Steven Bauman.</t>
   </si>
   <si>
     <t>#77 Harold Bedwell - LT</t>
   </si>