--- v0 (2026-01-09)
+++ v1 (2026-03-03)
@@ -305,51 +305,51 @@
   <si>
     <t>#48 Gilbert Yates - RB</t>
   </si>
   <si>
     <t>#96 David Straub - RDE</t>
   </si>
   <si>
     <t>#97 Russell Hambright - LDE</t>
   </si>
   <si>
     <t>#55 William Dunn - MLB</t>
   </si>
   <si>
     <t>#91 William Martin - RDE</t>
   </si>
   <si>
     <t>#30 Ali Claypool - CB</t>
   </si>
   <si>
     <t>#50 John Price - DT</t>
   </si>
   <si>
     <t>#93 Eugene Jones - DT</t>
   </si>
   <si>
-    <t>#57 Jeremy Hurley - WLB</t>
+    <t>#58 Jeremy Hurley - WLB</t>
   </si>
   <si>
     <t>#41 Frances Rice - FS</t>
   </si>
   <si>
     <t>#49 James Elder - SS</t>
   </si>
   <si>
     <t>#7 Richard Dailey - K</t>
   </si>
   <si>
     <t>PIT</t>
   </si>
   <si>
     <t>PIT 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-PIT 25 (15:00) 48-Gilbert Yates ran to PIT 34 for 9 yards. Tackle by 33-Alvin Ward. HOU 34-Tim Van was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -389,51 +389,51 @@
   <si>
     <t>#92 Kyle Davis - DT</t>
   </si>
   <si>
     <t>#72 George Watkins - DT</t>
   </si>
   <si>
     <t>#56 Brett McKenzie - RDE</t>
   </si>
   <si>
     <t>#93 Kevin Baker - MLB</t>
   </si>
   <si>
     <t>#15 Charles Perez - WLB</t>
   </si>
   <si>
     <t>#30 David Ponce - CB</t>
   </si>
   <si>
     <t>#38 Robert Gamble - CB</t>
   </si>
   <si>
     <t>#34 Tim Van - CB</t>
   </si>
   <si>
-    <t>#33 Alvin Ward - SS</t>
+    <t>#45 Alvin Ward - SS</t>
   </si>
   <si>
     <t>#9 James Vinson - FS</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>PIT 34</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>2-1-PIT 34 (14:16) 45-Fernando Russo ran to PIT 47 for 13 yards. Tackle by 94-Richard Lawlor.</t>
   </si>
   <si>
     <t>#45 Fernando Russo - RB</t>
   </si>
   <si>
     <t>#40 Paul Howard - FB</t>
   </si>
@@ -593,51 +593,51 @@
   <si>
     <t>#37 Scott Reeves - RB</t>
   </si>
   <si>
     <t>#40 Jonathan Moore - FS</t>
   </si>
   <si>
     <t>#18 John Bentley - K</t>
   </si>
   <si>
     <t>9:21</t>
   </si>
   <si>
     <t>HOU 14</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-HOU 14 (9:22) 44-Joshua Walker ran to HOU 12 for -2 yards. Tackle by 1-Marshall Taylor.</t>
   </si>
   <si>
-    <t>#18 Quanah Parker - QB</t>
+    <t>#12 Quanah Parker - QB</t>
   </si>
   <si>
     <t>#44 Joshua Walker - RB</t>
   </si>
   <si>
     <t>#49 Dane Motter - FB</t>
   </si>
   <si>
     <t>#86 Raymond Altman - WR</t>
   </si>
   <si>
     <t>#12 Renato Harris - WR</t>
   </si>
   <si>
     <t>#11 Michael Newsome - WR</t>
   </si>
   <si>
     <t>#74 Jessie York - LT</t>
   </si>
   <si>
     <t>#61 Daniel Stevenson - LG</t>
   </si>
   <si>
     <t>#78 William Martin - C</t>
   </si>