--- v0 (2026-01-09)
+++ v1 (2026-03-10)
@@ -338,51 +338,51 @@
   <si>
     <t>#12 Dave Randall - K</t>
   </si>
   <si>
     <t>CIN</t>
   </si>
   <si>
     <t>CIN 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-CIN 25 (15:00) 85-Stanley Post ran to CIN 25 for a short gain. Tackle by 54-Noe Bradshaw.</t>
   </si>
   <si>
     <t>#8 Damion Miranda - QB</t>
   </si>
   <si>
     <t>#85 Stanley Post - WR</t>
   </si>
   <si>
-    <t>#14 Larry Shafer - WR</t>
+    <t>#17 Larry Shafer - WR</t>
   </si>
   <si>
     <t>#19 Cedric Wood - WR</t>
   </si>
   <si>
     <t>#25 Brett Norman - WR</t>
   </si>
   <si>
     <t>#82 Thomas Lord - WR</t>
   </si>
   <si>
     <t>#65 Joseph Jones - LT</t>
   </si>
   <si>
     <t>#78 Mark Todd - LG</t>
   </si>
   <si>
     <t>#68 Peter Crawford - C</t>
   </si>
   <si>
     <t>#64 Dennis Craft - RG</t>
   </si>
   <si>
     <t>#67 Benjamin Marciniak - RT</t>
   </si>
@@ -521,51 +521,51 @@
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>3-16-CIN 46 (11:59) 8-Damion Miranda pass incomplete, dropped by 85-Stanley Post.</t>
   </si>
   <si>
     <t>11:54</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-16-CIN 46 (11:55) 17-Brian England punts 55 yards to TOR -1.4-16-CIN 46 (11:55) 17-Brian England punts 55 yards to TOR -1. Touchback.</t>
   </si>
   <si>
     <t>#17 Brian England - P</t>
   </si>
   <si>
     <t>#1 Bobby Cheatwood - WR</t>
   </si>
   <si>
-    <t>#61 Arnold Seibold - RG</t>
+    <t>#61 Arnold Seibold - C</t>
   </si>
   <si>
     <t>#75 Scott Smith - LT</t>
   </si>
   <si>
     <t>11:47</t>
   </si>
   <si>
     <t>TOR 20</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-TOR 20 (11:48) 5-Mark Guevara pass complete to 38-Charles Wright to TOR 34 for 14 yards. Tackle by 48-Leslie Cummings.</t>
   </si>
   <si>
     <t>#5 Mark Guevara - QB</t>
   </si>
   <si>
     <t>#38 Charles Wright - RB</t>
   </si>
@@ -587,51 +587,51 @@
   <si>
     <t>#65 Carl Linn - C</t>
   </si>
   <si>
     <t>#69 Don Crumbley - RG</t>
   </si>
   <si>
     <t>#75 David Adams - RT</t>
   </si>
   <si>
     <t>#96 Nathan Cowie - LDE</t>
   </si>
   <si>
     <t>#58 Tanner Gaffney - DT</t>
   </si>
   <si>
     <t>#76 Micheal Steinman - DT</t>
   </si>
   <si>
     <t>#53 Harry Ulrich - RDE</t>
   </si>
   <si>
     <t>#52 Gordon Lacy - SLB</t>
   </si>
   <si>
-    <t>#48 Leslie Cummings - CB</t>
+    <t>#35 Leslie Cummings - CB</t>
   </si>
   <si>
     <t>#34 Ronald Knox - CB</t>
   </si>
   <si>
     <t>11:07</t>
   </si>
   <si>
     <t>TOR 34</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-TOR 34 (11:06) 5-Mark Guevara pass complete to 82-Brent Mera to TOR 46 for 12 yards. Tackle by 39-Everett Saucedo. 82-Brent Mera did some fancy footwork there.</t>
   </si>
   <si>
     <t>#83 Daniel Smith - RB</t>
   </si>
   <si>
     <t>#86 Brian Wix - WR</t>
   </si>
@@ -740,102 +740,102 @@
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(6:58) Extra point GOOD by 12-Dave Randall. TOR 7 CIN 0</t>
   </si>
   <si>
     <t>#4 David Medina - P</t>
   </si>
   <si>
     <t>#74 Roland Wood - LT</t>
   </si>
   <si>
     <t>#53 Gary Seibert - C</t>
   </si>
   <si>
     <t>#59 Micheal Donalson - RDE</t>
   </si>
   <si>
     <t>#38 Roderick Dillard - CB</t>
   </si>
   <si>
-    <t>#60 Scott Pattison - DT</t>
+    <t>#91 Scott Pattison - DT</t>
   </si>
   <si>
     <t>(6:58) 12-Dave Randall kicks 74 yards from TOR 35 to CIN -9. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>Dime Flat CB4 Blitz</t>
   </si>
   <si>
     <t>1-10-CIN 25 (6:58) 8-Damion Miranda pass complete to 82-Thomas Lord to CIN 36 for 11 yards. Tackle by 35-Keith Aronson. Great move by 82-Thomas Lord to get free of his coverage.</t>
   </si>
   <si>
     <t>6:22</t>
   </si>
   <si>
     <t>CIN 36</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-CIN 36 (6:21) 8-Damion Miranda pass complete to 19-Cedric Wood to CIN 40 for 4 yards. Tackle by 54-Noe Bradshaw.</t>
   </si>
   <si>
     <t>5:45</t>
   </si>
   <si>
     <t>CIN 40</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>2-6-CIN 40 (5:44) 85-Stanley Post ran to CIN 38 for -3 yards. Tackle by 54-Noe Bradshaw.</t>
   </si>
   <si>
     <t>5:06</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>3-8-CIN 38 (5:05) 8-Damion Miranda sacked at CIN 31 for -7 yards (95-Charles Haman). Sack allowed by 65-Joseph Jones.</t>
   </si>
   <si>
-    <t>#73 Rocco Schwartz - RT</t>
+    <t>#75 Rocco Schwartz - RT</t>
   </si>
   <si>
     <t>4:23</t>
   </si>
   <si>
     <t>CIN 31</t>
   </si>
   <si>
     <t>4-15-CIN 31 (4:22) 17-Brian England punts 43 yards to TOR 26. Fair Catch by 1-Bobby Cheatwood.</t>
   </si>
   <si>
     <t>4:14</t>
   </si>
   <si>
     <t>TOR 26</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>1-10-TOR 26 (4:15) 48-Walter Adams ran to TOR 36 for 10 yards. Tackle by 39-Everett Saucedo.</t>
   </si>
   <si>
     <t>3:36</t>
   </si>
@@ -1031,57 +1031,57 @@
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>
   <si>
     <t>2-10-CIN 48 (10:58) 8-Damion Miranda pass complete to 14-Larry Shafer to TOR 27 for 26 yards. 14-Larry Shafer FUMBLES (99-Robert Fogarty)</t>
   </si>
   <si>
     <t>10:18</t>
   </si>
   <si>
     <t>TOR 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Dime Flat Man Cover 1</t>
   </si>
   <si>
     <t>1-10-TOR 25 (10:17) 18-Rodney Schwartz ran to TOR 24 for 1 yards. Tackle by 47-John Munoz. PENALTY - Offsides (TOR 77-Donald Henderson)</t>
   </si>
   <si>
     <t>#18 Rodney Schwartz - WR</t>
   </si>
   <si>
-    <t>#45 Tyler Merriweather - WR</t>
+    <t>#10 Tyler Merriweather - WR</t>
   </si>
   <si>
     <t>#16 Odell Lay - WR</t>
   </si>
   <si>
-    <t>#20 Larry Lance - SS</t>
+    <t>#23 Larry Lance - SS</t>
   </si>
   <si>
     <t>10:12</t>
   </si>
   <si>
     <t>1-5-TOR 20 (10:13) 8-Damion Miranda pass complete to 19-Cedric Wood to TOR 8 for 12 yards. Tackle by 44-Eugene Hosey. 19-Cedric Wood did some fancy footwork there. PENALTY - Pass Interference (TOR 24-Bill Duke) (Declined)</t>
   </si>
   <si>
     <t>10:08</t>
   </si>
   <si>
     <t>TOR 8</t>
   </si>
   <si>
     <t>1-8-TOR 8 (10:09) 15-Andrew Murray ran to TOR 9 for -1 yards. Tackle by 73-David Kost.</t>
   </si>
   <si>
     <t>#97 James Nelson - MLB</t>
   </si>
   <si>
     <t>9:28</t>
   </si>
   <si>
     <t>TOR 9</t>
   </si>
@@ -1271,54 +1271,54 @@
   <si>
     <t>1-10-TOR 36 (1:50) 8-Damion Miranda pass Pass knocked down by 24-Bill Duke. incomplete, intended for 25-Brett Norman. Pressure by 97-James Nelson.</t>
   </si>
   <si>
     <t>1:45</t>
   </si>
   <si>
     <t>2-10-TOR 36 (1:46) 8-Damion Miranda pass incomplete, dropped by 14-Larry Shafer. 30-Eugene Garza got away with a hold on that play.</t>
   </si>
   <si>
     <t>1:42</t>
   </si>
   <si>
     <t>3-10-TOR 36 (1:43) 8-Damion Miranda pass complete to 25-Brett Norman to TOR 27 for 9 yards. Tackle by 30-Eugene Garza.</t>
   </si>
   <si>
     <t>1:04</t>
   </si>
   <si>
     <t>TOR 27</t>
   </si>
   <si>
     <t>4-1-TOR 27 (1:03) 15-Nicholas Serrano 44 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
-    <t>#11 Eddie Hendrickson - QB</t>
-[...2 lines deleted...]
-    <t>#55 James Martin - C</t>
+    <t>#5 Eddie Hendrickson - QB</t>
+  </si>
+  <si>
+    <t>#60 James Martin - C</t>
   </si>
   <si>
     <t>#52 Bryan Jimenez - DT</t>
   </si>
   <si>
     <t>0:58</t>
   </si>
   <si>
     <t>1-10-TOR 34 (0:59) 38-Charles Wright ran to TOR 38 for 4 yards. Tackle by 34-Ronald Knox.</t>
   </si>
   <si>
     <t>0:57</t>
   </si>
   <si>
     <t>Timeout TOR</t>
   </si>
   <si>
     <t>0:55</t>
   </si>
   <si>
     <t>Strong I Big WR Quick In</t>
   </si>
   <si>
     <t>2-6-TOR 38 (0:56) 5-Mark Guevara pass Pass knocked down by 36-William Cipriano. incomplete, intended for 81-Dale Dugger. PENALTY - Pass Interference (CIN 39-Everett Saucedo)</t>
   </si>
@@ -2348,100 +2348,100 @@
   </sheetPr>
   <dimension ref="A1:CD188"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="310.21" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>