--- v0 (2025-12-16)
+++ v1 (2026-03-12)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Joseph Day kicks 74 yards from DAY 35 to MIA -9. Touchback.</t>
   </si>
   <si>
     <t>#34 Howard Leonard - CB</t>
   </si>
   <si>
     <t>#94 Stephen Stevenson - CB</t>
   </si>
   <si>
     <t>#2 Brandon Dolan - WR</t>
   </si>
   <si>
     <t>#11 Tristan Salas - WR</t>
   </si>
   <si>
     <t>#64 Joey Carney - LG</t>
   </si>
   <si>
     <t>#91 John Vazquez - CB</t>
   </si>
   <si>
-    <t>#84 Philip Willson - LT</t>
+    <t>#61 Philip Willson - LT</t>
   </si>
   <si>
     <t>#32 Joshua Evans - CB</t>
   </si>
   <si>
     <t>#82 Timothy Carneal - WR</t>
   </si>
   <si>
     <t>#47 Travis Valdez - CB</t>
   </si>
   <si>
     <t>#63 Richard Campbell - C</t>
   </si>
   <si>
     <t>#3 Joseph Day - K</t>
   </si>
   <si>
     <t>MIA</t>
   </si>
   <si>
     <t>MIA 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Weak</t>
   </si>
@@ -356,78 +356,78 @@
   <si>
     <t>#5 Kevin Trout - QB</t>
   </si>
   <si>
     <t>#21 Michael Campos - WR</t>
   </si>
   <si>
     <t>#49 Victor Daniel - WR</t>
   </si>
   <si>
     <t>#36 Martin Flores - WR</t>
   </si>
   <si>
     <t>#89 Cecil Suarez - WR</t>
   </si>
   <si>
     <t>#71 Peter Manes - LT</t>
   </si>
   <si>
     <t>#61 Ruben Merkel - LG</t>
   </si>
   <si>
     <t>#50 Donald Maddox - C</t>
   </si>
   <si>
-    <t>#69 Dwight Harmon - RG</t>
-[...2 lines deleted...]
-    <t>#67 Benjamin Fleck - RT</t>
+    <t>#69 Dwight Harmon - C</t>
+  </si>
+  <si>
+    <t>#67 Benjamin Fleck - C</t>
   </si>
   <si>
     <t>#95 Joe Young - LDE</t>
   </si>
   <si>
-    <t>#33 John Baines - DT</t>
+    <t>#33 John Baines - MLB</t>
   </si>
   <si>
     <t>#72 William Apple - MLB</t>
   </si>
   <si>
     <t>#91 William Bridwell - LDE</t>
   </si>
   <si>
-    <t>#41 John Branch - RDE</t>
+    <t>#41 John Branch - CB</t>
   </si>
   <si>
     <t>#22 Curtis McKenna - CB</t>
   </si>
   <si>
     <t>#47 Derrick Pinson - CB</t>
   </si>
   <si>
-    <t>#58 John Caudill - CB</t>
+    <t>#45 John Caudill - FS</t>
   </si>
   <si>
     <t>#31 Brian Murphy - CB</t>
   </si>
   <si>
     <t>#37 Jerry Santibanez - CB</t>
   </si>
   <si>
     <t>#25 Carl Parramore - CB</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>MIA 29</t>
   </si>
   <si>
     <t>Singleback Normal WR Post</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-6-MIA 29 (14:25) 5-Kevin Trout pass complete to 49-Victor Daniel to MIA 34 for 5 yards. Tackle by 41-John Branch.</t>
   </si>
@@ -506,114 +506,114 @@
   <si>
     <t>(10:54) Extra point GOOD by 8-Robert Sauceda. MIA 7 DAY 0</t>
   </si>
   <si>
     <t>#8 Robert Sauceda - K</t>
   </si>
   <si>
     <t>#75 Robert Strother - RG</t>
   </si>
   <si>
     <t>#42 Wayne Elswick - CB</t>
   </si>
   <si>
     <t>#97 Eugene Roux - CB</t>
   </si>
   <si>
     <t>MIA 35</t>
   </si>
   <si>
     <t>(10:54) 8-Robert Sauceda kicks 74 yards from MIA 35 to DAY -9. Touchback.</t>
   </si>
   <si>
     <t>#11 Devin Valles - WR</t>
   </si>
   <si>
-    <t>#87 Enrique Pierce - C</t>
-[...2 lines deleted...]
-    <t>#68 Edward Campbell - C</t>
+    <t>#87 Enrique Pierce - WR</t>
+  </si>
+  <si>
+    <t>#72 Edward Campbell - LG</t>
   </si>
   <si>
     <t>#39 Sean Kolb - RB</t>
   </si>
   <si>
     <t>#52 Terry Swanson - C</t>
   </si>
   <si>
-    <t>#67 Daniel Powell - RG</t>
+    <t>#67 Daniel Powell - RT</t>
   </si>
   <si>
     <t>#77 Jack Stone - C</t>
   </si>
   <si>
     <t>#86 Joseph Hearn - C</t>
   </si>
   <si>
     <t>#16 Billy Hood - WR</t>
   </si>
   <si>
-    <t>#10 Scott Rodriquez - C</t>
+    <t>#10 Scott Rodriquez - WR</t>
   </si>
   <si>
     <t>#57 Robert Cortez - C</t>
   </si>
   <si>
     <t>DAY 25</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>1-10-DAY 25 (10:54) 9-Matthew Powers pass Pass knocked down by 34-Howard Leonard. incomplete, intended for 89-Frankie Bales. Pressure by 76-Anthony Figueroa.</t>
   </si>
   <si>
     <t>#9 Matthew Powers - QB</t>
   </si>
   <si>
     <t>#89 Frankie Bales - RB</t>
   </si>
   <si>
     <t>#15 John Hebert - WR</t>
   </si>
   <si>
     <t>#74 Robert Hyde - LDE</t>
   </si>
   <si>
     <t>#90 Carl Thies - DT</t>
   </si>
   <si>
     <t>#96 Andrew Hall - DT</t>
   </si>
   <si>
     <t>#76 Anthony Figueroa - RDE</t>
   </si>
   <si>
-    <t>#32 Ruben Betances - CB</t>
+    <t>#48 Ruben Betances - CB</t>
   </si>
   <si>
     <t>#20 Lindsey Cole - CB</t>
   </si>
   <si>
     <t>#39 Howard Largent - CB</t>
   </si>
   <si>
     <t>#24 Alexander Porter - CB</t>
   </si>
   <si>
     <t>#3 Tom Jenkins - CB</t>
   </si>
   <si>
     <t>#55 Joshua Parker - CB</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
@@ -692,51 +692,51 @@
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-12-DAY 39 (8:49) 5-George Brown punts 48 yards to MIA 13.</t>
   </si>
   <si>
     <t>#5 George Brown - P</t>
   </si>
   <si>
     <t>#42 Lyle Smith - CB</t>
   </si>
   <si>
     <t>#83 Adam Hogan - C</t>
   </si>
   <si>
     <t>#69 John Clements - C</t>
   </si>
   <si>
     <t>#65 Lee Christmas - LT</t>
   </si>
   <si>
     <t>#1 John Aldana - RDE</t>
   </si>
   <si>
-    <t>#54 Robert Rosales - DT</t>
+    <t>#90 Robert Rosales - DT</t>
   </si>
   <si>
     <t>#77 Michael Walsh - LDE</t>
   </si>
   <si>
     <t>#79 Edward Owen - RDE</t>
   </si>
   <si>
     <t>8:40</t>
   </si>
   <si>
     <t>MIA 13</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-MIA 13 (8:41) 49-Victor Daniel ran to MIA 20 for 7 yards. Tackle by 47-Derrick Pinson.</t>
   </si>
   <si>
     <t>#98 Bobby Sheppard - LDE</t>
   </si>
   <si>
     <t>8:07</t>
   </si>
@@ -2212,102 +2212,102 @@
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="324.349" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">