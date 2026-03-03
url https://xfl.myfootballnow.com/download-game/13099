--- v0 (2026-01-09)
+++ v1 (2026-03-03)
@@ -287,78 +287,78 @@
   <si>
     <t>KCY has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>TEX</t>
   </si>
   <si>
     <t>TEX 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 15-James Irving kicks 62 yards from TEX 35 to KCY 3. 46-Scott Castro to KCY 19 for 17 yards. Tackle by 54-Clarence Raap.</t>
   </si>
   <si>
     <t>#46 Scott Castro - RB</t>
   </si>
   <si>
     <t>#67 Troy Headrick - RDE</t>
   </si>
   <si>
-    <t>#59 William Richards - RDE</t>
+    <t>#95 William Richards - RDE</t>
   </si>
   <si>
     <t>#99 Michael Donmoyer - MLB</t>
   </si>
   <si>
     <t>#26 Dennis Bishop - CB</t>
   </si>
   <si>
     <t>#44 Donald Hillard - CB</t>
   </si>
   <si>
     <t>#55 Martin Loera - SLB</t>
   </si>
   <si>
-    <t>#30 Kenneth Romero - CB</t>
+    <t>#30 Kenneth Romero - WLB</t>
   </si>
   <si>
     <t>#37 Greg Herndon - FS</t>
   </si>
   <si>
-    <t>#58 Manuel Rosen - MLB</t>
+    <t>#94 Manuel Rosen - WLB</t>
   </si>
   <si>
     <t>#57 Patty Melton - WLB</t>
   </si>
   <si>
-    <t>#15 James Irving - K</t>
+    <t>#7 James Irving - K</t>
   </si>
   <si>
     <t>KCY</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>KCY 19</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-KCY 19 (14:58) 34-Sean Smith ran to KCY 25 for 6 yards. Tackle by 56-Enrique Murray.</t>
   </si>
   <si>
     <t>#4 Michael Basham - QB</t>
   </si>
   <si>
     <t>#34 Sean Smith - RB</t>
   </si>
@@ -368,198 +368,198 @@
   <si>
     <t>#15 Leigh Rogers - WR</t>
   </si>
   <si>
     <t>#15 Derek Fortney - WR</t>
   </si>
   <si>
     <t>#87 Jeremy Fortier - WR</t>
   </si>
   <si>
     <t>#68 Thomas Light - LT</t>
   </si>
   <si>
     <t>#72 James Britt - LG</t>
   </si>
   <si>
     <t>#74 Richard Hastings - C</t>
   </si>
   <si>
     <t>#52 Walter Connor - RG</t>
   </si>
   <si>
     <t>#54 Fred Belmonte - RG</t>
   </si>
   <si>
-    <t>#94 George Winslow - LDE</t>
+    <t>#94 George Winslow - RDE</t>
   </si>
   <si>
     <t>#91 Robert Adams - DT</t>
   </si>
   <si>
     <t>#77 Matthew Schroeder - RDE</t>
   </si>
   <si>
     <t>#49 Marvin Williams - CB</t>
   </si>
   <si>
-    <t>#56 Enrique Murray - CB</t>
+    <t>#56 Enrique Murray - LDE</t>
   </si>
   <si>
     <t>#52 Rodney Reyes - CB</t>
   </si>
   <si>
     <t>#25 Franklin Sanchez - CB</t>
   </si>
   <si>
-    <t>#41 Adam Robinson - CB</t>
-[...2 lines deleted...]
-    <t>#37 John Powell - FS</t>
+    <t>#39 Adam Robinson - FS</t>
+  </si>
+  <si>
+    <t>#29 John Powell - CB</t>
   </si>
   <si>
     <t>#29 Porfirio Shoemaker - CB</t>
   </si>
   <si>
     <t>#48 Chad Griffin - SS</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>KCY 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-4-KCY 25 (14:16) 4-Michael Basham pass Pass knocked down by 56-Enrique Murray. incomplete, intended for 46-Scott Castro.</t>
   </si>
   <si>
     <t>#92 Jose Negron - DT</t>
   </si>
   <si>
     <t>14:10</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Blitz</t>
   </si>
   <si>
     <t>3-4-KCY 25 (14:11) 34-Sean Smith ran to KCY 27 for 2 yards. Tackle by 56-Enrique Murray.</t>
   </si>
   <si>
     <t>#27 Charles Millis - RB</t>
   </si>
   <si>
     <t>#32 Scott Howell - FB</t>
   </si>
   <si>
     <t>#10 Daniel Tillery - WR</t>
   </si>
   <si>
-    <t>#79 John Carmody - LDE</t>
+    <t>#79 John Carmody - RDE</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>KCY 27</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-KCY 27 (13:39) 3-Albert Bopp punts 46 yards to TEX 27. Fair Catch by 28-Frederick Ward.</t>
   </si>
   <si>
     <t>#3 Albert Bopp - P</t>
   </si>
   <si>
-    <t>#89 Frederick Ward - TE</t>
+    <t>#85 Frederick Ward - RB</t>
   </si>
   <si>
     <t>#54 Clarence Raap - CB</t>
   </si>
   <si>
-    <t>#47 Jeremy Walker - SS</t>
+    <t>#55 Jeremy Walker - MLB</t>
   </si>
   <si>
     <t>#36 Roger Rodriguez - RB</t>
   </si>
   <si>
     <t>#71 David Garrison - C</t>
   </si>
   <si>
     <t>#53 David Windham - LT</t>
   </si>
   <si>
     <t>#8 William Holley - WR</t>
   </si>
   <si>
     <t>13:31</t>
   </si>
   <si>
     <t>TEX 27</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Nickel Normal Cover 2</t>
   </si>
   <si>
     <t>1-10-TEX 27 (13:32) 9-Steven Parent pass incomplete, dropped by 80-Daniel Allen.</t>
   </si>
   <si>
     <t>#9 Steven Parent - QB</t>
   </si>
   <si>
     <t>#13 Van McComb - WR</t>
   </si>
   <si>
     <t>#85 Anthony Snyder - FB</t>
   </si>
   <si>
-    <t>#46 Ricardo Bushway - WR</t>
+    <t>#11 Ricardo Bushway - RB</t>
   </si>
   <si>
     <t>#80 Daniel Allen - WR</t>
   </si>
   <si>
     <t>#93 Thomas Epps - LT</t>
   </si>
   <si>
-    <t>#62 Larry Ballard - LG</t>
+    <t>#69 Larry Ballard - C</t>
   </si>
   <si>
     <t>#70 Joseph Ashby - C</t>
   </si>
   <si>
     <t>#66 Ralph Gass - LG</t>
   </si>
   <si>
     <t>#63 Charles Jones - RT</t>
   </si>
   <si>
     <t>#97 Thomas Beach - SLB</t>
   </si>
   <si>
     <t>#64 Bryan Rodriguez - DT</t>
   </si>
   <si>
     <t>#75 Ali Shaver - RDE</t>
   </si>
   <si>
     <t>#56 George Easter - MLB</t>
   </si>
   <si>
     <t>#59 Joseph Graham - SLB</t>
   </si>
@@ -632,72 +632,72 @@
   <si>
     <t>2-10-TEX 38 (11:59) 14-Van McComb ran to TEX 42 for 5 yards. Tackle by 33-Justin Grant.</t>
   </si>
   <si>
     <t>11:24</t>
   </si>
   <si>
     <t>TEX 42</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>3-5-TEX 42 (11:23) 9-Steven Parent pass incomplete, dropped by 8-William Holley.</t>
   </si>
   <si>
     <t>11:19</t>
   </si>
   <si>
     <t>4-5-TEX 42 (11:20) 18-Donald Howery punts 37 yards to KCY 21.</t>
   </si>
   <si>
     <t>#18 Donald Howery - P</t>
   </si>
   <si>
-    <t>#22 Dana Earley - RB</t>
-[...2 lines deleted...]
-    <t>#74 Steven Hayes - LT</t>
+    <t>#22 Dana Earley - WR</t>
+  </si>
+  <si>
+    <t>#74 Steven Hayes - RG</t>
   </si>
   <si>
     <t>#94 James Gray - WLB</t>
   </si>
   <si>
     <t>11:10</t>
   </si>
   <si>
     <t>KCY 21</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>1-10-KCY 21 (11:11) 4-Michael Basham pass complete to 34-Sean Smith to KCY 25 for 4 yards. Tackle by 25-Franklin Sanchez.</t>
   </si>
   <si>
-    <t>#35 Theodore Arnold - FS</t>
+    <t>#51 Theodore Arnold - WLB</t>
   </si>
   <si>
     <t>10:32</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-6-KCY 25 (10:31) 4-Michael Basham pass complete to 15-Leigh Rogers to KCY 25 for a short gain. Tackle by 25-Franklin Sanchez.</t>
   </si>
   <si>
     <t>9:54</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>3-6-KCY 25 (9:53) 34-Sean Smith ran to KCY 22 for -3 yards. Tackle by 94-George Winslow.</t>
   </si>
   <si>
     <t>9:16</t>
   </si>
   <si>
     <t>KCY 22</t>
   </si>
@@ -854,51 +854,51 @@
   <si>
     <t>3-4-TEX 4 (4:13) 4-Michael Basham pass complete to 80-Kenneth Baird for 4 yards. TOUCHDOWN! Pressure by 56-Enrique Murray. PENALTY - Pass Interference (TEX 52-Rodney Reyes) (Declined) KCY 6 TEX 0</t>
   </si>
   <si>
     <t>4:09</t>
   </si>
   <si>
     <t>TEX 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(4:10) Extra point GOOD by 5-Nacho Keeker. KCY 7 TEX 0</t>
   </si>
   <si>
     <t>#87 Joseph Williams - WR</t>
   </si>
   <si>
     <t>#5 Nacho Keeker - K</t>
   </si>
   <si>
-    <t>#70 James Coats - LG</t>
+    <t>#70 James Coats - RG</t>
   </si>
   <si>
     <t>#70 Carl Willis - RG</t>
   </si>
   <si>
     <t>KCY 35</t>
   </si>
   <si>
     <t>(4:10) 5-Nacho Keeker kicks 75 yards from KCY 35 to TEX -10. Touchback.</t>
   </si>
   <si>
     <t>TEX 25</t>
   </si>
   <si>
     <t>1-10-TEX 25 (4:10) 14-Van McComb ran to TEX 35 for 10 yards. Tackle by 33-Justin Grant.</t>
   </si>
   <si>
     <t>3:26</t>
   </si>
   <si>
     <t>2-1-TEX 35 (3:25) 9-Steven Parent pass Pass knocked down by 56-George Easter. incomplete, intended for 14-Van McComb.</t>
   </si>
   <si>
     <t>3:21</t>
   </si>
@@ -1694,51 +1694,51 @@
   <si>
     <t>4:28</t>
   </si>
   <si>
     <t>2-7-TEX 44 (4:27) 34-Sean Smith ran to TEX 41 for 2 yards. Tackle by 92-Jose Negron.</t>
   </si>
   <si>
     <t>3:55</t>
   </si>
   <si>
     <t>3-4-TEX 41 (3:54) 4-Michael Basham pass complete to 87-Jeremy Fortier to TEX 33 for 8 yards. Tackle by 37-Chad Griffin. TEX 77-Matthew Schroeder was injured on the play.</t>
   </si>
   <si>
     <t>3:13</t>
   </si>
   <si>
     <t>TEX 33</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-TEX 33 (3:12) 46-Scott Castro ran to TEX 32 for 1 yards. Tackle by 91-Robert Adams.</t>
   </si>
   <si>
-    <t>#98 Miguel Frazier - RDE</t>
+    <t>#98 Miguel Frazier - DT</t>
   </si>
   <si>
     <t>2:32</t>
   </si>
   <si>
     <t>2-9-TEX 32 (2:31) 34-Sean Smith ran to TEX 32 for a short gain. Tackle by 94-George Winslow.</t>
   </si>
   <si>
     <t>3-9-TEX 32 (2:00) 34-Sean Smith ran to TEX 29 for 2 yards. Tackle by 94-George Winslow. 80-Kenneth Baird was completely beat on that play.</t>
   </si>
   <si>
     <t>1:58</t>
   </si>
   <si>
     <t>Timeout KCY</t>
   </si>
   <si>
     <t>1:55</t>
   </si>
   <si>
     <t>4-6-TEX 29 (1:56) 4-Michael Basham pass complete to 80-Kenneth Baird to TEX 12 for 17 yards. Tackle by 56-Enrique Murray.</t>
   </si>
   <si>
     <t>1-10-TEX 12 (1:23) 4-Michael Basham pass complete to 87-Jeremy Fortier to TEX 5 for 8 yards. Tackle by 41-Adam Robinson.</t>
   </si>
@@ -2189,89 +2189,89 @@
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="249.939" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">