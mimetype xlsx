--- v0 (2025-12-16)
+++ v1 (2026-01-09)
@@ -464,81 +464,81 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-NYE 29 (12:56) 2-John Clay punts 50 yards to ORG 21. 35-James Crawford to ORG 28 for 8 yards. Tackle by 57-James Weber.</t>
   </si>
   <si>
     <t>#2 John Clay - P</t>
   </si>
   <si>
     <t>#44 Mitchell Stewart - FB</t>
   </si>
   <si>
     <t>#35 James Crawford - WR</t>
   </si>
   <si>
     <t>#54 Gregory Rich - SLB</t>
   </si>
   <si>
     <t>#15 Brock Scott - WR</t>
   </si>
   <si>
-    <t>#82 Donald Shellman - WR</t>
+    <t>#1 Donald Shellman - RB</t>
   </si>
   <si>
     <t>#31 Alberto Banta - RB</t>
   </si>
   <si>
     <t>#64 Joseph Nelson - LG</t>
   </si>
   <si>
-    <t>#42 Edward Meeks - FB</t>
+    <t>#42 Edward Meeks - RB</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>ORG 28</t>
   </si>
   <si>
     <t>I Formation Power HB Draw</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-ORG 28 (12:48) 23-Edward Meeks ran to ORG 27 for -1 yards. Tackle by 51-Robert Williams.</t>
   </si>
   <si>
     <t>#5 David Meier - QB</t>
   </si>
   <si>
-    <t>#28 Kenneth Minor - FB</t>
+    <t>#80 Kenneth Minor - TE</t>
   </si>
   <si>
     <t>#34 Howard Cross - FB</t>
   </si>
   <si>
     <t>#89 Kenneth Dunbar - TE</t>
   </si>
   <si>
     <t>#21 Raymond Hudson - WR</t>
   </si>
   <si>
     <t>#78 Douglas Woolsey - LT</t>
   </si>
   <si>
     <t>#63 Charles Tapia - LG</t>
   </si>
   <si>
     <t>#76 Damon McAlister - C</t>
   </si>
   <si>
     <t>#66 Charles Anderson - RG</t>
   </si>
   <si>
     <t>#79 Brian Tyree - RT</t>
   </si>
@@ -2270,79 +2270,79 @@
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>