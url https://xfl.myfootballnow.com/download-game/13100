--- v1 (2026-01-09)
+++ v2 (2026-03-03)
@@ -362,147 +362,147 @@
   <si>
     <t>#88 Randy Hall - WR</t>
   </si>
   <si>
     <t>#12 Jeremiah Wells - WR</t>
   </si>
   <si>
     <t>#14 Cliff Boston - WR</t>
   </si>
   <si>
     <t>#61 John Folsom - LG</t>
   </si>
   <si>
     <t>#68 Pedro Lamm - LG</t>
   </si>
   <si>
     <t>#67 David Kelleher - C</t>
   </si>
   <si>
     <t>#71 Kenneth Martin - RG</t>
   </si>
   <si>
     <t>#78 Raymundo Stanford - RT</t>
   </si>
   <si>
-    <t>#90 Peter Barrera - DT</t>
-[...2 lines deleted...]
-    <t>#97 Jim Boyd - DT</t>
+    <t>#90 Peter Barrera - RDE</t>
+  </si>
+  <si>
+    <t>#97 Jim Boyd - SS</t>
   </si>
   <si>
     <t>#94 Victor Nesbitt - RDE</t>
   </si>
   <si>
-    <t>#99 James Wang - SLB</t>
-[...2 lines deleted...]
-    <t>#48 John Briggs - SS</t>
+    <t>#99 James Wang - WLB</t>
+  </si>
+  <si>
+    <t>#48 John Briggs - FS</t>
   </si>
   <si>
     <t>#53 John Frederick - WLB</t>
   </si>
   <si>
     <t>#27 Hector Anderson - CB</t>
   </si>
   <si>
     <t>#25 Brian Oneill - CB</t>
   </si>
   <si>
-    <t>#30 Forrest Washington - WLB</t>
-[...2 lines deleted...]
-    <t>#49 Andrew Jeffords - FS</t>
+    <t>#52 Forrest Washington - SLB</t>
+  </si>
+  <si>
+    <t>#38 Andrew Jeffords - FS</t>
   </si>
   <si>
     <t>#39 Henry Granata - FS</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>NYE 26</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>2-9-NYE 26 (14:20) 34-Allen Belton ran to NYE 24 for -2 yards. Tackle by 99-James Wang.</t>
   </si>
   <si>
     <t>#35 Roy Batty - RB</t>
   </si>
   <si>
     <t>#34 Allen Belton - RB</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>NYE 24</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>3-11-NYE 24 (13:41) 28-Duane Clark ran to NYE 29 for 5 yards. Tackle by 51-John Briggs.</t>
   </si>
   <si>
     <t>#86 Alfred Loyd - TE</t>
   </si>
   <si>
-    <t>#71 Kurt Brown - DT</t>
+    <t>#71 Kurt Brown - RDE</t>
   </si>
   <si>
     <t>12:57</t>
   </si>
   <si>
     <t>NYE 29</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-NYE 29 (12:56) 2-John Clay punts 50 yards to ORG 21. 35-James Crawford to ORG 28 for 8 yards. Tackle by 57-James Weber.</t>
   </si>
   <si>
     <t>#2 John Clay - P</t>
   </si>
   <si>
     <t>#44 Mitchell Stewart - FB</t>
   </si>
   <si>
-    <t>#35 James Crawford - WR</t>
-[...2 lines deleted...]
-    <t>#54 Gregory Rich - SLB</t>
+    <t>#18 James Crawford - CB</t>
+  </si>
+  <si>
+    <t>#70 Gregory Rich - LDE</t>
   </si>
   <si>
     <t>#15 Brock Scott - WR</t>
   </si>
   <si>
     <t>#1 Donald Shellman - RB</t>
   </si>
   <si>
     <t>#31 Alberto Banta - RB</t>
   </si>
   <si>
     <t>#64 Joseph Nelson - LG</t>
   </si>
   <si>
     <t>#42 Edward Meeks - RB</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>ORG 28</t>
   </si>
   <si>
     <t>I Formation Power HB Draw</t>
   </si>
@@ -518,51 +518,51 @@
   <si>
     <t>#80 Kenneth Minor - TE</t>
   </si>
   <si>
     <t>#34 Howard Cross - FB</t>
   </si>
   <si>
     <t>#89 Kenneth Dunbar - TE</t>
   </si>
   <si>
     <t>#21 Raymond Hudson - WR</t>
   </si>
   <si>
     <t>#78 Douglas Woolsey - LT</t>
   </si>
   <si>
     <t>#63 Charles Tapia - LG</t>
   </si>
   <si>
     <t>#76 Damon McAlister - C</t>
   </si>
   <si>
     <t>#66 Charles Anderson - RG</t>
   </si>
   <si>
-    <t>#79 Brian Tyree - RT</t>
+    <t>#50 Brian Tyree - LT</t>
   </si>
   <si>
     <t>#99 Ruben Meas - LDE</t>
   </si>
   <si>
     <t>#98 Blaine Hudson - DT</t>
   </si>
   <si>
     <t>#92 Joseph Jackson - RDE</t>
   </si>
   <si>
     <t>#51 Robert Williams - WLB</t>
   </si>
   <si>
     <t>#59 Cortez Ashman - SLB</t>
   </si>
   <si>
     <t>12:09</t>
   </si>
   <si>
     <t>ORG 27</t>
   </si>
   <si>
     <t>Strong I Normal Counter Strong</t>
   </si>
@@ -617,72 +617,72 @@
   <si>
     <t>2-1-ORG 25 (10:38) 35-Roy Batty ran to ORG 26 for -1 yards. Tackle by 51-John Briggs.</t>
   </si>
   <si>
     <t>#98 Eric Hummell - MLB</t>
   </si>
   <si>
     <t>10:06</t>
   </si>
   <si>
     <t>ORG 26</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Flats</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-1-ORG 26 (10:05) 9-Charley Chase sacked at ORG 33 for -8 yards (71-Kurt Brown). Sack allowed by 68-Pedro Lamm.</t>
   </si>
   <si>
     <t>#83 George Mahlum - WR</t>
   </si>
   <si>
-    <t>#29 Kenneth Hellman - FS</t>
+    <t>#55 Kenneth Hellman - MLB</t>
   </si>
   <si>
     <t>9:26</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-9-ORG 33 (9:25) 5-Shannon Smith 51 yard field goal is GOOD. NYE 3 ORG 0</t>
   </si>
   <si>
     <t>#5 Shannon Smith - K</t>
   </si>
   <si>
     <t>#62 Ronald Skelly - C</t>
   </si>
   <si>
-    <t>#63 David Carey - C</t>
+    <t>#51 David Carey - C</t>
   </si>
   <si>
     <t>9:21</t>
   </si>
   <si>
     <t>NYE 35</t>
   </si>
   <si>
     <t>(9:22) 5-Shannon Smith kicks 74 yards from NYE 35 to ORG -9. Touchback.</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Quarter Normal CB3 CB4 Blitz</t>
   </si>
   <si>
     <t>1-10-ORG 25 (9:22) 31-Alberto Banta ran to ORG 39 for 14 yards. Tackle by 39-Fernando Sylvester.</t>
   </si>
   <si>
     <t>#46 Charles Brown - CB</t>
   </si>
   <si>
     <t>#46 Ray Odaniel - CB</t>
   </si>
@@ -779,51 +779,51 @@
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-11-NYE 19 (6:21) 5-David Meier pass complete to 34-Howard Cross to NYE 19 for a short loss. Tackle by 23-Marco Mann. 34-Howard Cross did some fancy footwork there.</t>
   </si>
   <si>
     <t>5:42</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>3-12-NYE 19 (5:41) 5-David Meier pass Pass knocked down by 23-Marco Mann. incomplete, intended for 21-Raymond Hudson.</t>
   </si>
   <si>
     <t>5:37</t>
   </si>
   <si>
     <t>4-12-NYE 19 (5:38) 12-Michael Mercier 37 yard field goal is GOOD. NYE 3 ORG 3</t>
   </si>
   <si>
     <t>#77 Frank Andrew - LG</t>
   </si>
   <si>
-    <t>#74 Carlos Johns - LT</t>
+    <t>#74 Carlos Johns - RG</t>
   </si>
   <si>
     <t>#41 John Eakins - WR</t>
   </si>
   <si>
     <t>5:34</t>
   </si>
   <si>
     <t>(5:35) 12-Michael Mercier kicks 72 yards from ORG 35 to NYE -7. Touchback.</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-NYE 25 (5:35) 35-Roy Batty ran to NYE 25 for a short gain. Tackle by 94-Victor Nesbitt.</t>
   </si>
   <si>
     <t>4:54</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
@@ -1004,51 +1004,51 @@
   <si>
     <t>3-3-ORG 32 (12:38) 31-Alberto Banta ran to ORG 34 for 2 yards. Tackle by 57-James Weber.</t>
   </si>
   <si>
     <t>12:03</t>
   </si>
   <si>
     <t>4-1-ORG 34 (12:02) 13-Reginald Gonzalez punts 45 yards to NYE 21. Fair Catch by 12-Jeremiah Wells.</t>
   </si>
   <si>
     <t>#13 Reginald Gonzalez - P</t>
   </si>
   <si>
     <t>11:54</t>
   </si>
   <si>
     <t>NYE 21</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-NYE 21 (11:55) 9-Charley Chase pass complete to 12-Jeremiah Wells to NYE 37 for 16 yards. Tackle by 25-Brian Oneill.</t>
   </si>
   <si>
-    <t>#55 Norman Peralta - MLB</t>
+    <t>#91 Norman Peralta - LDE</t>
   </si>
   <si>
     <t>11:15</t>
   </si>
   <si>
     <t>NYE 37</t>
   </si>
   <si>
     <t>1-10-NYE 37 (11:14) 9-Charley Chase pass incomplete, dropped by 35-Roy Batty.</t>
   </si>
   <si>
     <t>11:09</t>
   </si>
   <si>
     <t>2-10-NYE 37 (11:10) 44-Mitchell Stewart ran to NYE 43 for 6 yards. Tackle by 27-Hector Anderson.</t>
   </si>
   <si>
     <t>10:25</t>
   </si>
   <si>
     <t>NYE 43</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
@@ -1112,99 +1112,99 @@
   <si>
     <t>I Formation 3WR Backfield Flats</t>
   </si>
   <si>
     <t>3-12-ORG 28 (7:41) 5-David Meier sacked at ORG 20 for -8 yards (55-Bryant Tubbs)</t>
   </si>
   <si>
     <t>6:57</t>
   </si>
   <si>
     <t>4-20-ORG 20 (6:56) 13-Reginald Gonzalez punts 50 yards to NYE 30. Fair Catch by 12-Jeremiah Wells.</t>
   </si>
   <si>
     <t>6:49</t>
   </si>
   <si>
     <t>NYE 30</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>1-10-NYE 30 (6:50) 9-Charley Chase pass complete to 87-James Kennedy to NYE 35 for 5 yards. Tackle by 99-James Wang.</t>
   </si>
   <si>
-    <t>#24 Scott Washington - CB</t>
+    <t>#51 Scott Washington - MLB</t>
   </si>
   <si>
     <t>6:07</t>
   </si>
   <si>
     <t>2-5-NYE 35 (6:06) 28-Duane Clark ran to NYE 41 for 6 yards. Tackle by 53-John Frederick. PENALTY - Holding (NYE 61-John Folsom)</t>
   </si>
   <si>
     <t>6:02</t>
   </si>
   <si>
     <t>2-10-NYE 30 (6:03) 35-Roy Batty ran to NYE 31 for 2 yards. Tackle by 51-John Briggs.</t>
   </si>
   <si>
     <t>5:22</t>
   </si>
   <si>
     <t>NYE 31</t>
   </si>
   <si>
     <t>3-9-NYE 31 (5:21) 9-Charley Chase ran to NYE 42 for 11 yards. Tackle by 25-Brian Oneill.</t>
   </si>
   <si>
     <t>4:39</t>
   </si>
   <si>
     <t>NYE 42</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>1-10-NYE 42 (4:38) 9-Charley Chase pass Pass knocked down by 53-John Frederick. incomplete, intended for 44-Mitchell Stewart.</t>
   </si>
   <si>
     <t>4:35</t>
   </si>
   <si>
     <t>2-10-NYE 42 (4:36) 9-Charley Chase pass incomplete, dropped by 35-Roy Batty.</t>
   </si>
   <si>
     <t>4:31</t>
   </si>
   <si>
     <t>3-10-NYE 42 (4:32) 9-Charley Chase pass Pass knocked down by 55-Norman Peralta. incomplete, intended for 83-George Mahlum. Pressure by 94-Victor Nesbitt.</t>
   </si>
   <si>
-    <t>#26 David Robinson - CB</t>
+    <t>#26 David Robinson - FS</t>
   </si>
   <si>
     <t>4:27</t>
   </si>
   <si>
     <t>4-10-NYE 42 (4:28) 2-John Clay punts 55 yards to ORG 3.</t>
   </si>
   <si>
     <t>4:17</t>
   </si>
   <si>
     <t>ORG 3</t>
   </si>
   <si>
     <t>1-10-ORG 3 (4:18) 41-John Eakins ran to ORG 2 for -1 yards. Tackle by 53-Edward Carmen.</t>
   </si>
   <si>
     <t>3:40</t>
   </si>
   <si>
     <t>ORG 2</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
@@ -2248,66 +2248,66 @@
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="358.484" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="31" max="31" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>