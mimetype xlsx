--- v0 (2025-12-16)
+++ v1 (2026-03-03)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 5-Eric Ruth kicks 75 yards from CAR 35 to LAC -10. Touchback.</t>
   </si>
   <si>
     <t>#89 Edgar Spellman - WR</t>
   </si>
   <si>
     <t>#98 James Felipe - WLB</t>
   </si>
   <si>
     <t>#71 Maxwell Miller - LDE</t>
   </si>
   <si>
     <t>#22 Ivan Isom - CB</t>
   </si>
   <si>
     <t>#25 Noel Lamb - CB</t>
   </si>
   <si>
     <t>#3 Paul Williams - SS</t>
   </si>
   <si>
     <t>#92 Clyde Johnson - MLB</t>
   </si>
   <si>
-    <t>#26 John Breen - CB</t>
+    <t>#43 John Breen - CB</t>
   </si>
   <si>
     <t>#14 Robert Wiggins - WR</t>
   </si>
   <si>
     <t>#51 Dick  Butkus - MLB</t>
   </si>
   <si>
     <t>#91 Patrick Crawford - MLB</t>
   </si>
   <si>
     <t>#5 Eric Ruth - K</t>
   </si>
   <si>
     <t>LAC</t>
   </si>
   <si>
     <t>LAC 25</t>
   </si>
   <si>
     <t>Singleback Normal SE Quick Hit</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
@@ -386,57 +386,57 @@
   <si>
     <t>#91 Glen Holthaus - LDE</t>
   </si>
   <si>
     <t>#66 Corey Freeman - DT</t>
   </si>
   <si>
     <t>#96 William Thomas - DT</t>
   </si>
   <si>
     <t>#92 Jose Winter - RDE</t>
   </si>
   <si>
     <t>#7 Aaron Ross - SLB</t>
   </si>
   <si>
     <t>#51 Jose Jarvis - MLB</t>
   </si>
   <si>
     <t>#59 Robert Turner - WLB</t>
   </si>
   <si>
     <t>#44 Robert Currie - CB</t>
   </si>
   <si>
-    <t>#28 Jerry Beyer - CB</t>
+    <t>#37 Jerry Beyer - FS</t>
   </si>
   <si>
     <t>#25 John Clark - SS</t>
   </si>
   <si>
-    <t>#24 Thomas Acevedo - FS</t>
+    <t>#24 Thomas Acevedo - CB</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>LAC 26</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-9-LAC 26 (14:23) 14-Robert Wiggins ran to LAC 37 for 11 yards. Tackle by 25-John Clark.</t>
   </si>
   <si>
     <t>#50 Wendell Groom - MLB</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>LAC 37</t>
   </si>
@@ -488,174 +488,174 @@
   <si>
     <t>3-4-LAC 43 (12:25) 19-Eugene Taylor pass Pass knocked down by 44-Robert Currie. incomplete, intended for 80-Randy Ruggles.</t>
   </si>
   <si>
     <t>12:21</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-LAC 43 (12:22) 6-John Foreman punts 42 yards to CAR 15.</t>
   </si>
   <si>
     <t>#6 John Foreman - P</t>
   </si>
   <si>
     <t>#20 Edward Ahner - RB</t>
   </si>
   <si>
     <t>#74 Keith Musgrove - RT</t>
   </si>
   <si>
-    <t>#54 Walter Hughes - LDE</t>
-[...2 lines deleted...]
-    <t>#70 Todd Courtemanche - RDE</t>
+    <t>#72 Walter Hughes - LDE</t>
+  </si>
+  <si>
+    <t>#66 Todd Courtemanche - RDE</t>
   </si>
   <si>
     <t>12:13</t>
   </si>
   <si>
     <t>CAR 15</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-CAR 15 (12:14) 22-Robert Bailey ran to CAR 14 for -1 yards. Tackle by 91-Patrick Crawford.</t>
   </si>
   <si>
     <t>#13 Charles James - QB</t>
   </si>
   <si>
     <t>#22 Robert Bailey - RB</t>
   </si>
   <si>
-    <t>#40 Daniel Marsden - RB</t>
-[...2 lines deleted...]
-    <t>#84 Mike Evans - TE</t>
+    <t>#47 Daniel Marsden - FB</t>
+  </si>
+  <si>
+    <t>#33 Mike Evans - RB</t>
   </si>
   <si>
     <t>#15 Tony Dillon - WR</t>
   </si>
   <si>
     <t>#14 Maurice Clay - WR</t>
   </si>
   <si>
-    <t>#52 Michael Hill - LT</t>
-[...2 lines deleted...]
-    <t>#61 Jonathan Gibson - LG</t>
+    <t>#62 Michael Hill - RG</t>
+  </si>
+  <si>
+    <t>#76 Jonathan Gibson - LT</t>
   </si>
   <si>
     <t>#73 Howard Washburn - C</t>
   </si>
   <si>
-    <t>#64 Harold Reed - RG</t>
-[...2 lines deleted...]
-    <t>#65 Jeffrey Hannah - RT</t>
+    <t>#79 Harold Reed - RT</t>
+  </si>
+  <si>
+    <t>#65 Jeffrey Hannah - LG</t>
   </si>
   <si>
     <t>#73 Logan McCormick - LDE</t>
   </si>
   <si>
     <t>#54 Todd Cornett - DT</t>
   </si>
   <si>
     <t>#97 Fernando Reeves - DT</t>
   </si>
   <si>
     <t>#94 Thomas Blalock - RDE</t>
   </si>
   <si>
     <t>#41 Boyd Woods - CB</t>
   </si>
   <si>
     <t>#31 Timothy Jackson - CB</t>
   </si>
   <si>
-    <t>#45 Shawn Sherwood - SS</t>
+    <t>#46 Shawn Sherwood - SS</t>
   </si>
   <si>
     <t>#22 Julio Tapia - SS</t>
   </si>
   <si>
     <t>11:39</t>
   </si>
   <si>
     <t>CAR 14</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>2-11-CAR 14 (11:38) 22-Robert Bailey ran to CAR 13 for -1 yards. Tackle by 91-Patrick Crawford.</t>
   </si>
   <si>
     <t>10:58</t>
   </si>
   <si>
     <t>CAR 13</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>3-12-CAR 13 (10:57) 13-Charles James pass Pass knocked down by 92-Clyde Johnson. incomplete, intended for 40-Daniel Marsden.</t>
   </si>
   <si>
     <t>10:54</t>
   </si>
   <si>
     <t>4-12-CAR 13 (10:55) 6-Warren Remick punts 50 yards to LAC 37. 41-Boyd Woods to LAC 45 for 8 yards. Tackle by 40-Daniel Marsden.</t>
   </si>
   <si>
     <t>#6 Warren Remick - P</t>
   </si>
   <si>
-    <t>#79 Gerard Wilcox - C</t>
+    <t>#66 Gerard Wilcox - C</t>
   </si>
   <si>
     <t>#75 John Sutter - RG</t>
   </si>
   <si>
-    <t>#77 David Gentry - RT</t>
+    <t>#71 David Gentry - LT</t>
   </si>
   <si>
     <t>#36 Gerald Baker - LG</t>
   </si>
   <si>
     <t>10:45</t>
   </si>
   <si>
     <t>LAC 45</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-LAC 45 (10:46) 81-Roger Harris ran to LAC 48 for 3 yards. Tackle by 44-Robert Currie. PENALTY - Facemask (CAR 44-Robert Currie)</t>
   </si>
   <si>
     <t>10:42</t>
   </si>
   <si>
     <t>CAR 37</t>
   </si>
@@ -872,51 +872,51 @@
   <si>
     <t>1:36</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>1-10-LAC 46 (1:37) 13-Charles James pass complete to 15-Tony Dillon to LAC 43 for 3 yards. Tackle by 91-Patrick Crawford.</t>
   </si>
   <si>
     <t>0:58</t>
   </si>
   <si>
     <t>2-7-LAC 43 (0:57) 22-Robert Bailey ran to LAC 42 for 1 yards. Tackle by 22-Julio Tapia. CAR 64-Harold Reed was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>0:14</t>
   </si>
   <si>
     <t>LAC 42</t>
   </si>
   <si>
     <t>3-7-LAC 42 (0:13) 13-Charles James pass complete to 14-Maurice Clay to LAC 28 for 14 yards. Tackle by 98-James Felipe.</t>
   </si>
   <si>
-    <t>#69 Jonathan Grady - RT</t>
+    <t>#72 Jonathan Grady - RT</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>LAC 28</t>
   </si>
   <si>
     <t>1-10-LAC 28 (15:00) 22-Robert Bailey ran to LAC 28 for a short gain. Tackle by 22-Julio Tapia.</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>2-10-LAC 28 (14:24) 13-Charles James pass complete to 22-Robert Bailey for 28 yards. TOUCHDOWN! CAR 6 LAC 7</t>
   </si>