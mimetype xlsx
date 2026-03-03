--- v0 (2026-01-09)
+++ v1 (2026-03-03)
@@ -296,129 +296,129 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-Brian Wilson kicks 75 yards from VBA 35 to PNX -10. Touchback.</t>
   </si>
   <si>
     <t>#33 Edward Gallagher - RB</t>
   </si>
   <si>
     <t>#88 Robert Tanner - WR</t>
   </si>
   <si>
     <t>#53 Reid Martin - MLB</t>
   </si>
   <si>
     <t>#52 Rob  Pilatus - SLB</t>
   </si>
   <si>
     <t>#90 Kevin Frost - RDE</t>
   </si>
   <si>
-    <t>#70 Thomas Reyes - LDE</t>
-[...2 lines deleted...]
-    <t>#40 Jeffrey Fillion - CB</t>
+    <t>#98 Thomas Reyes - LDE</t>
+  </si>
+  <si>
+    <t>#26 Jeffrey Fillion - CB</t>
   </si>
   <si>
     <t>#43 Christopher Barcomb - CB</t>
   </si>
   <si>
     <t>#55 Dale Sanford - WLB</t>
   </si>
   <si>
     <t>#66 Elmer Salvador - RT</t>
   </si>
   <si>
     <t>#25 George Alexander - CB</t>
   </si>
   <si>
     <t>#17 Brian Wilson - K</t>
   </si>
   <si>
     <t>PNX</t>
   </si>
   <si>
     <t>PNX 25</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-PNX 25 (15:00) 6-Brandon Bascom pass complete to 83-Joshua Davis to PNX 38 for 13 yards. Tackle by 99-Robert Haughton.</t>
   </si>
   <si>
-    <t>#6 Brandon Bascom - QB</t>
-[...5 lines deleted...]
-    <t>#86 Leland Mills - TE</t>
+    <t>#19 Brandon Bascom - QB</t>
+  </si>
+  <si>
+    <t>#41 Richard Berry - WR</t>
+  </si>
+  <si>
+    <t>#81 Leland Mills - TE</t>
   </si>
   <si>
     <t>#83 Joshua Davis - WR</t>
   </si>
   <si>
     <t>#79 Robert Ramirez - LT</t>
   </si>
   <si>
-    <t>#73 William Demoss - LG</t>
+    <t>#73 William Demoss - RG</t>
   </si>
   <si>
     <t>#73 William Peachey - C</t>
   </si>
   <si>
     <t>#74 Davy Jones  - RG</t>
   </si>
   <si>
     <t>#65 Brandon Roark - RT</t>
   </si>
   <si>
     <t>#59 Ronald Willis - LDE</t>
   </si>
   <si>
     <t>#63 Bobby Foster - DT</t>
   </si>
   <si>
-    <t>#61 John Hutchings - DT</t>
+    <t>#98 John Hutchings - DT</t>
   </si>
   <si>
     <t>#53 Lowell Guyton - RDE</t>
   </si>
   <si>
     <t>#90 Jerome Evans - MLB</t>
   </si>
   <si>
-    <t>#58 Lane Smith - CB</t>
+    <t>#24 Lane Smith - CB</t>
   </si>
   <si>
     <t>#56 Jessie Corbin - MLB</t>
   </si>
   <si>
     <t>#48 George Fernandez - CB</t>
   </si>
   <si>
     <t>#99 Robert Haughton - CB</t>
   </si>
   <si>
     <t>#51 Patrick Connor - FS</t>
   </si>
   <si>
     <t>#43 Victor Dyer - CB</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>PNX 38</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
@@ -512,63 +512,63 @@
   <si>
     <t>3-2-VBA 30 (11:41) 33-Edward Gallagher ran to VBA 29 for 1 yards. Tackle by 58-Lane Smith.</t>
   </si>
   <si>
     <t>11:05</t>
   </si>
   <si>
     <t>VBA 29</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-VBA 29 (11:04) 3-William J. Drayton Jr. 47 yard field goal is GOOD. VBA 0 PNX 3</t>
   </si>
   <si>
     <t>#8 David Goodson - QB</t>
   </si>
   <si>
     <t>#3 William J. Drayton Jr. - K</t>
   </si>
   <si>
-    <t>#54 William Fultz - MLB</t>
+    <t>#54 William Fultz - LDE</t>
   </si>
   <si>
     <t>#44 Justin Bowens - TE</t>
   </si>
   <si>
     <t>#75 Gregory Thompson - C</t>
   </si>
   <si>
     <t>#37 Wilson Santiago - FS</t>
   </si>
   <si>
-    <t>#93 William Levey - DT</t>
+    <t>#99 William Levey - DT</t>
   </si>
   <si>
     <t>#55 Norman Russo - DT</t>
   </si>
   <si>
     <t>11:00</t>
   </si>
   <si>
     <t>PNX 35</t>
   </si>
   <si>
     <t>(11:01) 3-William J. Drayton Jr. kicks 76 yards from PNX 35 to VBA -11. Touchback.</t>
   </si>
   <si>
     <t>#87 Peter Leos - WR</t>
   </si>
   <si>
     <t>#11 James Stump - WR</t>
   </si>
   <si>
     <t>#86 John Eubanks - C</t>
   </si>
   <si>
     <t>#52 Gerald Antoine - LG</t>
   </si>
@@ -644,51 +644,51 @@
   <si>
     <t>VBA 36</t>
   </si>
   <si>
     <t>I Formation Normal FB Middle</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-VBA 36 (9:43) 6-Jeffrey Lovell pass complete to 18-Carlton Bellows to VBA 46 for 9 yards. Tackle by 37-Wilson Santiago. 81-John Wood completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>9:06</t>
   </si>
   <si>
     <t>VBA 46</t>
   </si>
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>
   <si>
     <t>2-1-VBA 46 (9:05) 6-Jeffrey Lovell pass Pass knocked down by 52-Rob  Pilatus. incomplete, intended for 81-John Wood.</t>
   </si>
   <si>
-    <t>#10 Lawrence Newcomb - WR</t>
+    <t>#86 Lawrence Newcomb - WR</t>
   </si>
   <si>
     <t>8:59</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>3-1-VBA 46 (9:00) 11-James Stump ran to VBA 47 for 1 yards. Tackle by 40-Jeffrey Fillion.</t>
   </si>
   <si>
     <t>8:18</t>
   </si>
   <si>
     <t>VBA 47</t>
   </si>
   <si>
     <t>Singleback Big HB Pitch Weak</t>
   </si>
   <si>
     <t>1-10-VBA 47 (8:17) 11-James Stump ran to VBA 47 for a short gain. Tackle by 37-Wilson Santiago.</t>
   </si>
@@ -1487,51 +1487,51 @@
   <si>
     <t>14:34</t>
   </si>
   <si>
     <t>2-2-PNX 33 (14:33) PENALTY - False Start (PNX 33-Edward Gallagher)</t>
   </si>
   <si>
     <t>14:32</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>2-7-PNX 28 (14:33) 6-Brandon Bascom pass complete to 88-Robert Tanner to PNX 30 for 2 yards. Tackle by 48-George Fernandez. PNX 65-Brandon Roark was injured on the play.</t>
   </si>
   <si>
     <t>14:11</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>3-5-PNX 30 (14:10) (Hot Read) 6-Brandon Bascom pass complete to 33-Edward Gallagher to PNX 28 for -2 yards. Tackle by 66-Frank Meece. Pressure by 56-Jessie Corbin.</t>
   </si>
   <si>
-    <t>#51 Mark Martin - RT</t>
+    <t>#51 Mark Martin - LG</t>
   </si>
   <si>
     <t>13:51</t>
   </si>
   <si>
     <t>4-7-PNX 28 (13:50) 9-Robert Keith punts 42 yards to VBA 30. 87-Peter Leos to VBA 36 for 7 yards. Tackle by 54-William Fultz. PNX 74-Davy Jones  was injured on the play.</t>
   </si>
   <si>
     <t>13:41</t>
   </si>
   <si>
     <t>1-10-VBA 36 (13:42) 11-James Stump ran to VBA 37 for 1 yards. Tackle by 93-Richard Norris.</t>
   </si>
   <si>
     <t>13:03</t>
   </si>
   <si>
     <t>2-9-VBA 37 (13:02) 12-James Poore ran to VBA 41 for 3 yards. Tackle by 95-Rickey Saxton.</t>
   </si>
   <si>
     <t>VBA 41</t>
   </si>
   <si>
     <t>3-5-VBA 41 (12:23) 11-James Stump ran to VBA 50 for 9 yards. Tackle by 40-Jeffrey Fillion.</t>
   </si>