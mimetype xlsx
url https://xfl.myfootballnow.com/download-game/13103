--- v0 (2025-12-16)
+++ v1 (2026-03-03)
@@ -284,105 +284,105 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>BUF has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>RAR</t>
   </si>
   <si>
     <t>RAR 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-Joel Torres kicks 75 yards from RAR 35 to BUF -10. Touchback.</t>
   </si>
   <si>
     <t>#14 Henry Casey - WR</t>
   </si>
   <si>
-    <t>#10 Julio Hamilton - WR</t>
+    <t>#10 Julio Hamilton - LG</t>
   </si>
   <si>
     <t>#50 Dallas Johnson - C</t>
   </si>
   <si>
     <t>#12 Harvey Davis - WR</t>
   </si>
   <si>
     <t>#55 Stephen Barnes - C</t>
   </si>
   <si>
     <t>#19 Phillip Mandell - WR</t>
   </si>
   <si>
     <t>#79 Michael Nunes - C</t>
   </si>
   <si>
     <t>#25 John Bingman - WR</t>
   </si>
   <si>
     <t>#21 Machine Gun Joe Viterbo - WR</t>
   </si>
   <si>
-    <t>#36 Jerry Landers - WR</t>
+    <t>#36 Jerry Landers - C</t>
   </si>
   <si>
     <t>#70 Dwight Stahl - RG</t>
   </si>
   <si>
     <t>#17 Joel Torres - K</t>
   </si>
   <si>
     <t>BUF</t>
   </si>
   <si>
     <t>BUF 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-BUF 25 (15:00) 3-Victor Rainey ran to BUF 27 for 2 yards. Tackle by 55-Dean Sims.</t>
   </si>
   <si>
     <t>#7 Derick Brewer - QB</t>
   </si>
   <si>
     <t>#3 Victor Rainey - FS</t>
   </si>
   <si>
-    <t>#88 Richard Bishop - WR</t>
+    <t>#88 Richard Bishop - C</t>
   </si>
   <si>
     <t>#87 Steven Magana - WR</t>
   </si>
   <si>
     <t>#62 Jason Lopez - C</t>
   </si>
   <si>
     <t>#74 Steve Lenard - C</t>
   </si>
   <si>
     <t>#8 Bernard Roberts - LDE</t>
   </si>
   <si>
     <t>#92 Richard Vanbuskirk - DT</t>
   </si>
   <si>
     <t>#94 David Bumpers - DT</t>
   </si>
   <si>
     <t>#56 Michael Ley - RDE</t>
   </si>
   <si>
     <t>#47 John Huerta - MLB</t>
   </si>
@@ -464,141 +464,141 @@
   <si>
     <t>11:54</t>
   </si>
   <si>
     <t>BUF 46</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-BUF 46 (11:53) 16-Clayton Klein punts 42 yards to RAR 12.</t>
   </si>
   <si>
     <t>#16 Clayton Klein - P</t>
   </si>
   <si>
     <t>#89 Mike Oppenheimer - C</t>
   </si>
   <si>
     <t>#18 Michael Lam - WR</t>
   </si>
   <si>
-    <t>#52 Willie Ogden - SLB</t>
+    <t>#52 Willie Ogden - WLB</t>
   </si>
   <si>
     <t>#98 Robert Lynch - MLB</t>
   </si>
   <si>
     <t>#79 Erik Hernandez - RDE</t>
   </si>
   <si>
-    <t>#91 Walter Rivers - LDE</t>
-[...2 lines deleted...]
-    <t>#1 Stephen Huff - CB</t>
+    <t>#98 Walter Rivers - LDE</t>
+  </si>
+  <si>
+    <t>#1 Stephen Huff - FS</t>
   </si>
   <si>
     <t>#69 James Gamez - C</t>
   </si>
   <si>
     <t>#57 Michael Miller - C</t>
   </si>
   <si>
     <t>#71 Harry Grissom - LT</t>
   </si>
   <si>
     <t>#40 Chris Sims - CB</t>
   </si>
   <si>
     <t>11:43</t>
   </si>
   <si>
     <t>RAR 12</t>
   </si>
   <si>
     <t>I Formation Power HB Dive Weak</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>1-10-RAR 12 (11:44) 48-Scott Cooper ran to RAR 16 for 4 yards. Tackle by 21-Machine Gun Joe Viterbo.</t>
   </si>
   <si>
     <t>#9 James Miller - QB</t>
   </si>
   <si>
     <t>#48 Scott Cooper - RB</t>
   </si>
   <si>
     <t>#11 Jose Ho - RB</t>
   </si>
   <si>
     <t>#28 Mark Daub - RB</t>
   </si>
   <si>
     <t>#80 Richard Dunn - TE</t>
   </si>
   <si>
     <t>#86 Richard Bergstrom - WR</t>
   </si>
   <si>
     <t>#69 Ryan Cormack - LT</t>
   </si>
   <si>
-    <t>#64 Jason Davis - LG</t>
+    <t>#64 Jason Davis - C</t>
   </si>
   <si>
     <t>#71 David Noble - C</t>
   </si>
   <si>
     <t>#68 Charles Jones - RG</t>
   </si>
   <si>
     <t>#77 Rodney Webster - RT</t>
   </si>
   <si>
     <t>#93 Ralph Jordan - LDE</t>
   </si>
   <si>
     <t>#94 James Muirhead - MLB</t>
   </si>
   <si>
     <t>#90 Michael Gonzales - LDE</t>
   </si>
   <si>
     <t>#28 Ernest Nowicki - SS</t>
   </si>
   <si>
     <t>#41 Michael Anderson - FS</t>
   </si>
   <si>
-    <t>#33 Toby Walton - CB</t>
+    <t>#33 Toby Walton - FS</t>
   </si>
   <si>
     <t>#46 Garrett Holt - CB</t>
   </si>
   <si>
     <t>#35 Jessie Caldwell - FS</t>
   </si>
   <si>
     <t>#34 Matthew McClendon - CB</t>
   </si>
   <si>
     <t>11:07</t>
   </si>
   <si>
     <t>RAR 16</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-6-RAR 16 (11:06) (Hot Read) 9-James Miller pass Pass knocked down by 34-Matthew McClendon. incomplete, intended for 48-Scott Cooper. Pressure by 28-Ernest Nowicki.</t>
   </si>
@@ -929,51 +929,51 @@
   <si>
     <t>3-3-RAR 3 (12:24) 31-Charles Elliott ran to RAR 3 for a short gain. Tackle by 47-John Huerta.</t>
   </si>
   <si>
     <t>11:44</t>
   </si>
   <si>
     <t>4-3-RAR 3 (11:43) 2-Louis Dehaven 21 yard field goal is GOOD. BUF 3 RAR 3</t>
   </si>
   <si>
     <t>#13 Charles Deleon - QB</t>
   </si>
   <si>
     <t>#2 Louis Dehaven - K</t>
   </si>
   <si>
     <t>11:40</t>
   </si>
   <si>
     <t>BUF 35</t>
   </si>
   <si>
     <t>(11:41) 2-Louis Dehaven kicks 74 yards from BUF 35 to RAR -9. 86-Richard Bergstrom for 110yards. TOUCHDOWN! BUF 40-Chris Sims was injured on the play. He looks like he should be able to return. BUF 3 RAR 9</t>
   </si>
   <si>
-    <t>#59 Eugene Burke - WLB</t>
+    <t>#91 Eugene Burke - WLB</t>
   </si>
   <si>
     <t>11:25</t>
   </si>
   <si>
     <t>BUF 15</t>
   </si>
   <si>
     <t>(11:26) Extra point GOOD by 17-Joel Torres. BUF 3 RAR 10</t>
   </si>
   <si>
     <t>#37 Jeffrey Pritchett - SS</t>
   </si>
   <si>
     <t>(11:26) 17-Joel Torres kicks 74 yards from RAR 35 to BUF -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-BUF 25 (11:26) 84-Christopher Oneil ran to BUF 37 for 12 yards. Tackle by 33-Eugene Hulme.</t>
   </si>
   <si>
     <t>10:43</t>
   </si>
   <si>
     <t>1-10-BUF 37 (10:42) 84-Christopher Oneil ran to BUF 38 for 1 yards. Tackle by 94-David Bumpers.</t>
   </si>
@@ -1658,51 +1658,51 @@
   <si>
     <t>8:43</t>
   </si>
   <si>
     <t>BUF 39</t>
   </si>
   <si>
     <t>Strong I Big TE Post</t>
   </si>
   <si>
     <t>1-10-BUF 39 (8:44) 7-Derick Brewer pass complete to 87-Steven Magana to RAR 28 for 33 yards. Tackle by 41-Noel Miller. I think the defense might be using that play a bit too frequently.</t>
   </si>
   <si>
     <t>7:58</t>
   </si>
   <si>
     <t>RAR 28</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>1-10-RAR 28 (7:57) 7-Derick Brewer pass incomplete, intended for 83-Reinaldo Millet.</t>
   </si>
   <si>
-    <t>#81 Richard Hoffmann - WR</t>
+    <t>#81 Richard Hoffmann - LG</t>
   </si>
   <si>
     <t>2-10-RAR 28 (7:55) 7-Derick Brewer pass complete to 83-Reinaldo Millet to RAR 23 for 5 yards. Tackle by 55-Dean Sims.</t>
   </si>
   <si>
     <t>7:13</t>
   </si>
   <si>
     <t>RAR 23</t>
   </si>
   <si>
     <t>3-5-RAR 23 (7:12) 7-Derick Brewer pass complete to 83-Reinaldo Millet to RAR 21 for 1 yards. Tackle by 20-Gordon Brown.</t>
   </si>
   <si>
     <t>6:28</t>
   </si>
   <si>
     <t>RAR 21</t>
   </si>
   <si>
     <t>4-3-RAR 21 (6:27) 2-Louis Dehaven 40 yard field goal is GOOD. BUF 20 RAR 13</t>
   </si>
   <si>
     <t>6:23</t>
   </si>