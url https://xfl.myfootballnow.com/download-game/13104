--- v0 (2025-12-16)
+++ v1 (2026-03-03)
@@ -353,84 +353,84 @@
   <si>
     <t>1-10-MEM 25 (15:00) 45-Clinton Booker ran to MEM 32 for 7 yards. Tackle by 57-Michael McConnell.</t>
   </si>
   <si>
     <t>#10 Raymond Pica - QB</t>
   </si>
   <si>
     <t>#23 Jack Beltran - RB</t>
   </si>
   <si>
     <t>#45 Clinton Booker - TE</t>
   </si>
   <si>
     <t>#89 Adam McDonald - TE</t>
   </si>
   <si>
     <t>#14 Thomas Heldt - WR</t>
   </si>
   <si>
     <t>#83 Jonathan Blanford - WR</t>
   </si>
   <si>
     <t>#60 Ralph Crose - LT</t>
   </si>
   <si>
-    <t>#76 Vincent Decastro - LG</t>
+    <t>#73 Vincent Decastro - LG</t>
   </si>
   <si>
     <t>#75 Terrell McGuire - C</t>
   </si>
   <si>
     <t>#55 Robert Gonzalez - RG</t>
   </si>
   <si>
     <t>#62 Kenneth Allen - RT</t>
   </si>
   <si>
     <t>#99 Kenneth Miles - LDE</t>
   </si>
   <si>
     <t>#91 Stephen Allison - DT</t>
   </si>
   <si>
     <t>#56 Timothy Stell - DT</t>
   </si>
   <si>
     <t>#77 Bradley Finley - RDE</t>
   </si>
   <si>
     <t>#4 Robert Marquez - SLB</t>
   </si>
   <si>
     <t>#57 Michael McConnell - MLB</t>
   </si>
   <si>
     <t>#59 Eric Brand - WLB</t>
   </si>
   <si>
-    <t>#39 Elbert Griffin - CB</t>
+    <t>#32 Elbert Griffin - CB</t>
   </si>
   <si>
     <t>#37 Jason Velazquez - CB</t>
   </si>
   <si>
     <t>#26 William Cruz - SS</t>
   </si>
   <si>
     <t>#42 Abel Harris - FS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>Timeout MEM</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>MEM 32</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
@@ -590,51 +590,51 @@
   <si>
     <t>8:56</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>3-5-MTG 5 (8:57) 10-Raymond Pica pass Pass knocked down by 37-Jason Velazquez. incomplete, intended for 83-Jonathan Blanford.</t>
   </si>
   <si>
     <t>8:53</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-5-MTG 5 (8:54) 16-Robert Meyer 23 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>#1 Richard Anthony - QB</t>
   </si>
   <si>
-    <t>#16 Robert Meyer - K</t>
+    <t>#14 Robert Meyer - K</t>
   </si>
   <si>
     <t>#80 Patrick Brunet - C</t>
   </si>
   <si>
     <t>#93 Charles Fisher - LDE</t>
   </si>
   <si>
     <t>#55 Ross Taylor - DT</t>
   </si>
   <si>
     <t>#97 Steven Oliver - RDE</t>
   </si>
   <si>
     <t>8:51</t>
   </si>
   <si>
     <t>MTG 20</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>