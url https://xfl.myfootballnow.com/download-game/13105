--- v0 (2025-12-16)
+++ v1 (2026-03-12)
@@ -281,120 +281,120 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>IND has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>SEA</t>
   </si>
   <si>
     <t>SEA 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 8-John Lee kicks 75 yards from SEA 35 to IND -10. Touchback.</t>
   </si>
   <si>
-    <t>#25 Eric Abarca - CB</t>
-[...5 lines deleted...]
-    <t>#17 John Webb - WR</t>
+    <t>#25 Eric Abarca - WLB</t>
+  </si>
+  <si>
+    <t>#19 Robert Morison - WR</t>
+  </si>
+  <si>
+    <t>#17 John Webb - RB</t>
   </si>
   <si>
     <t>#23 Ryan Boston - CB</t>
   </si>
   <si>
-    <t>#13 Greg Hall - WR</t>
-[...2 lines deleted...]
-    <t>#84 Glenn Moreno - WR</t>
+    <t>#80 Greg Hall - WR</t>
+  </si>
+  <si>
+    <t>#81 Glenn Moreno - WR</t>
   </si>
   <si>
     <t>#43 David Jones - CB</t>
   </si>
   <si>
-    <t>#35 Andrew Brodbeck - CB</t>
+    <t>#35 Andrew Brodbeck - WLB</t>
   </si>
   <si>
     <t>#59 Everett Thompson - RG</t>
   </si>
   <si>
     <t>#16 Orville Witten - WR</t>
   </si>
   <si>
     <t>#96 Charles Rosales - DT</t>
   </si>
   <si>
     <t>#8 John Lee - K</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>IND 25</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Short</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-IND 25 (15:00) 11-Juan Dotson pass complete to 89-Samuel Vanderpool to IND 43 for 18 yards. Tackle by 47-Billy Walsh.</t>
   </si>
   <si>
-    <t>#11 Juan Dotson - QB</t>
+    <t>#2 Juan Dotson - QB</t>
   </si>
   <si>
     <t>#80 Anthony Ferry - WR</t>
   </si>
   <si>
     <t>#89 Samuel Vanderpool - WR</t>
   </si>
   <si>
     <t>#87 David Daly - WR</t>
   </si>
   <si>
     <t>#71 Dennis Vickers - LT</t>
   </si>
   <si>
     <t>#73 Quintin Duffy - C</t>
   </si>
   <si>
-    <t>#62 Todd Gallant - RT</t>
+    <t>#63 Todd Gallant - RG</t>
   </si>
   <si>
     <t>#74 Michael Phelan - LT</t>
   </si>
   <si>
     <t>#93 Jeffrey Davis - LDE</t>
   </si>
   <si>
     <t>#53 James Perry - DT</t>
   </si>
   <si>
     <t>#98 Nicholas Bartlow - RDE</t>
   </si>
   <si>
     <t>#2 Alvin Winer - SLB</t>
   </si>
   <si>
     <t>#51 Michael Chavis - MLB</t>
   </si>
   <si>
     <t>#90 Davis Donovan - WLB</t>
   </si>
   <si>
     <t>#47 Billy Walsh - CB</t>
   </si>
@@ -407,51 +407,51 @@
   <si>
     <t>#27 Cecil Havens - SS</t>
   </si>
   <si>
     <t>#3 James Rosen - CB</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>IND 43</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-IND 43 (14:16) 17-John Webb ran to IND 46 for 3 yards. Tackle by 27-Cecil Havens.</t>
   </si>
   <si>
     <t>#22 Brian Richards - WR</t>
   </si>
   <si>
-    <t>#96 Dennis Schell - DT</t>
+    <t>#92 Dennis Schell - RDE</t>
   </si>
   <si>
     <t>13:43</t>
   </si>
   <si>
     <t>IND 46</t>
   </si>
   <si>
     <t>Singleback Slot Strong Off Tackle Strong</t>
   </si>
   <si>
     <t>Nickel Strong Cover 2</t>
   </si>
   <si>
     <t>2-7-IND 46 (13:42) 17-John Webb ran to IND 44 for -2 yards. Tackle by 93-Jeffrey Davis. 80-Anthony Ferry was completely beat on that play.</t>
   </si>
   <si>
     <t>13:10</t>
   </si>
   <si>
     <t>IND 44</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
@@ -512,51 +512,51 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-SEA 42 (11:43) 12-Kevin Roth punts 43 yards to SEA -1.4-6-SEA 42 (11:43) 12-Kevin Roth punts 43 yards to SEA -1. Touchback.</t>
   </si>
   <si>
     <t>#12 Kevin Roth - P</t>
   </si>
   <si>
     <t>#4 Luther McClure - WR</t>
   </si>
   <si>
     <t>#92 Kenneth Cruz - WLB</t>
   </si>
   <si>
     <t>#55 Roger Cory - C</t>
   </si>
   <si>
     <t>#58 Joseph Oceguera - RT</t>
   </si>
   <si>
-    <t>#66 Felix Nisbett - LG</t>
+    <t>#79 Felix Nisbett - LG</t>
   </si>
   <si>
     <t>#95 Cecil Hankins - DT</t>
   </si>
   <si>
     <t>#97 Jorge Adams - LDE</t>
   </si>
   <si>
     <t>#68 Roy Cousins - LDE</t>
   </si>
   <si>
     <t>11:35</t>
   </si>
   <si>
     <t>SEA 20</t>
   </si>
   <si>
     <t>I Formation Normal HB Toss Strong</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-SEA 20 (11:36) 23-William Rivera ran to SEA 21 for 1 yards. Tackle by 31-Jonathon Johnson.</t>
   </si>
@@ -581,63 +581,63 @@
   <si>
     <t>#63 Michael Allison - LG</t>
   </si>
   <si>
     <t>#76 James Sullivan - C</t>
   </si>
   <si>
     <t>#65 Dean Whittle - RG</t>
   </si>
   <si>
     <t>#53 Nathaniel Gonzalez - RT</t>
   </si>
   <si>
     <t>#77 Jeremy Sane - LDE</t>
   </si>
   <si>
     <t>#99 Michael Townsend - LDE</t>
   </si>
   <si>
     <t>#95 Steven Evans - RDE</t>
   </si>
   <si>
     <t>#94 Kenneth Strauss - RDE</t>
   </si>
   <si>
-    <t>#50 Nathan Hall - SLB</t>
+    <t>#54 Nathan Hall - WLB</t>
   </si>
   <si>
     <t>#31 Jonathon Johnson - CB</t>
   </si>
   <si>
     <t>#28 Richard Boothe - CB</t>
   </si>
   <si>
     <t>#41 David Johnson - CB</t>
   </si>
   <si>
-    <t>#44 Jamie Anderson - CB</t>
+    <t>#44 Jamie Anderson - FS</t>
   </si>
   <si>
     <t>#51 Robert Justice - FS</t>
   </si>
   <si>
     <t>10:59</t>
   </si>
   <si>
     <t>SEA 21</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-9-SEA 21 (10:58) 12-Brian Hansel pass incomplete, dropped by 21-James Trottier.</t>
   </si>
   <si>
     <t>#21 James Trottier - WR</t>
   </si>
   <si>
     <t>#37 Lester Heidrick - CB</t>
   </si>
   <si>
     <t>10:54</t>
   </si>
@@ -2294,77 +2294,77 @@
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="414.042" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>