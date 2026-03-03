--- v0 (2025-12-16)
+++ v1 (2026-03-03)
@@ -350,120 +350,120 @@
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-OAK 25 (15:00) 44-Steven Ferreira ran to OAK 46 for 21 yards. Tackle by 47-David Smothers.</t>
   </si>
   <si>
     <t>#3 David Travis - QB</t>
   </si>
   <si>
     <t>#44 Steven Ferreira - RB</t>
   </si>
   <si>
     <t>#46 Billy White - FB</t>
   </si>
   <si>
     <t>#81 Alex Dunn - TE</t>
   </si>
   <si>
     <t>#18 Lonnie Mitchell - WR</t>
   </si>
   <si>
     <t>#82 Ian Lopez - WR</t>
   </si>
   <si>
-    <t>#62 Larry Peterson - LT</t>
+    <t>#52 Larry Peterson - LT</t>
   </si>
   <si>
     <t>#50 Damon Mahar - RG</t>
   </si>
   <si>
     <t>#60 Francisco Brennan - C</t>
   </si>
   <si>
     <t>#33 John Parks - RG</t>
   </si>
   <si>
     <t>#76 Lewis Nelson - RT</t>
   </si>
   <si>
     <t>#60 John Cortes - LDE</t>
   </si>
   <si>
-    <t>#72 Louis Tincher - DT</t>
+    <t>#68 Louis Tincher - DT</t>
   </si>
   <si>
     <t>#73 Mike Dale - DT</t>
   </si>
   <si>
     <t>#50 William Whitehead - RDE</t>
   </si>
   <si>
     <t>#91 Bryan Lister - SLB</t>
   </si>
   <si>
     <t>#59 Roger Pinkney - MLB</t>
   </si>
   <si>
     <t>#45 Wilbur Patrick - WLB</t>
   </si>
   <si>
     <t>#16 Chris Hartford - CB</t>
   </si>
   <si>
     <t>#18 Gregory Johnson - CB</t>
   </si>
   <si>
     <t>#36 William Estrella - SS</t>
   </si>
   <si>
-    <t>#47 David Smothers - CB</t>
+    <t>#24 David Smothers - CB</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>OAK 46</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-OAK 46 (14:22) 3-David Travis ran to VAN 46 for 9 yards. Tackle by 46-Zachary Cash.</t>
   </si>
   <si>
     <t>#29 Jason Landis - RB</t>
   </si>
   <si>
     <t>#17 John Enriquez - WR</t>
   </si>
   <si>
-    <t>#46 Zachary Cash - SS</t>
+    <t>#42 Zachary Cash - SS</t>
   </si>
   <si>
     <t>#48 Sheldon Gallardo - SS</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>VAN 46</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-1-VAN 46 (13:36) 3-David Travis pass complete to 44-Steven Ferreira to VAN 41 for 5 yards. Tackle by 56-John McManus.</t>
   </si>
   <si>
     <t>#92 Clifford Gibbs - MLB</t>
   </si>
   <si>
     <t>#56 John McManus - WLB</t>
   </si>
@@ -608,60 +608,60 @@
   <si>
     <t>#35 Brad Wright - RB</t>
   </si>
   <si>
     <t>#33 James Monaco - RB</t>
   </si>
   <si>
     <t>#5 Kevin Rodgers - WR</t>
   </si>
   <si>
     <t>#85 Harry Smith - WR</t>
   </si>
   <si>
     <t>#15 William Woodward - WR</t>
   </si>
   <si>
     <t>#79 Thomas Williams - LG</t>
   </si>
   <si>
     <t>#51 Ryan Gates - LG</t>
   </si>
   <si>
     <t>#58 Joseph Fisher - C</t>
   </si>
   <si>
-    <t>#55 Benjamin Zimmerman - RG</t>
+    <t>#58 Benjamin Zimmerman - RG</t>
   </si>
   <si>
     <t>#68 Edward Leal - RT</t>
   </si>
   <si>
     <t>#98 Kenneth Kirchner - DT</t>
   </si>
   <si>
-    <t>#95 Gustavo Burnett - MLB</t>
+    <t>#96 Gustavo Burnett - MLB</t>
   </si>
   <si>
     <t>#43 Berry Gelato - FS</t>
   </si>
   <si>
     <t>9:21</t>
   </si>
   <si>
     <t>VAN 34</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal 3 Deep Zone Flat Left</t>
   </si>
   <si>
     <t>1-10-VAN 34 (9:20) 4-Joe Taylor pass complete to 80-Craig May to OAK 11 for 55 yards. Tackle by 36-Gabriel Hill.</t>
   </si>
   <si>
     <t>#43 Daniel Wozniak - FB</t>
   </si>
   <si>
     <t>#9 James Davis - TE</t>
   </si>
@@ -1253,51 +1253,51 @@
   <si>
     <t>2-8-VAN 37 (13:39) 4-Joe Taylor pass complete to 5-Kevin Rodgers to VAN 40 for 2 yards. Tackle by 32-Walter Hedrick.</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>3-6-VAN 40 (13:01) 35-Brad Wright ran to VAN 37 for -2 yards. Tackle by 42-Michael Hudock.</t>
   </si>
   <si>
     <t>12:25</t>
   </si>
   <si>
     <t>4-8-VAN 37 (12:24) 11-Richard Nelson punts 44 yards to OAK 19. Fair Catch by 24-Leslie McKenzie. VAN 51-Ryan Gates was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>12:16</t>
   </si>
   <si>
     <t>OAK 19</t>
   </si>
   <si>
     <t>1-10-OAK 19 (12:17) 44-Steven Ferreira ran to OAK 20 for 1 yards. Tackle by 45-Wilbur Patrick.</t>
   </si>
   <si>
-    <t>#98 Kevin Ortiz - SLB</t>
+    <t>#53 Kevin Ortiz - SLB</t>
   </si>
   <si>
     <t>11:46</t>
   </si>
   <si>
     <t>2-9-OAK 20 (11:45) 3-David Travis pass complete to 81-Alex Dunn to OAK 28 for 8 yards. Tackle by 45-Wilbur Patrick.</t>
   </si>
   <si>
     <t>11:02</t>
   </si>
   <si>
     <t>OAK 28</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>3-1-OAK 28 (11:01) 3-David Travis pass complete to 17-John Enriquez to OAK 37 for 9 yards. Tackle by 45-Wilbur Patrick.</t>
   </si>
   <si>
     <t>10:26</t>
   </si>
   <si>
     <t>1-10-OAK 37 (10:25) 3-David Travis pass complete to 46-Billy White to OAK 38 for 1 yards. Tackle by 16-Chris Hartford.</t>
   </si>
@@ -1682,51 +1682,51 @@
   <si>
     <t>2-9-OAK 20 (4:43) 3-David Travis ran to OAK 32 for 12 yards. 3-David Travis slides to avoid being hit.</t>
   </si>
   <si>
     <t>4:20</t>
   </si>
   <si>
     <t>1-10-OAK 32 (4:19) 3-David Travis pass complete to 82-Ian Lopez to OAK 33 for 1 yards. Tackle by 46-Zachary Cash. 82-Ian Lopez did some fancy footwork there.</t>
   </si>
   <si>
     <t>3:56</t>
   </si>
   <si>
     <t>2-9-OAK 33 (3:55) 3-David Travis pass complete to 35-Rick Perez to OAK 42 for 8 yards. Tackle by 56-John McManus.</t>
   </si>
   <si>
     <t>#30 Matthew Childress - WR</t>
   </si>
   <si>
     <t>3:32</t>
   </si>
   <si>
     <t>3-1-OAK 42 (3:31) 3-David Travis pass Pass knocked down by 46-Zachary Cash. incomplete, intended for 18-Lonnie Mitchell.</t>
   </si>
   <si>
-    <t>#57 Dusty Kim - MLB</t>
+    <t>#93 Dusty Kim - MLB</t>
   </si>
   <si>
     <t>3:25</t>
   </si>
   <si>
     <t>4-1-OAK 42 (3:26) 3-David Travis pass complete to 29-Jason Landis to OAK 41 for -1 yards. Tackle by 92-Clifford Gibbs. Turnover on downs.</t>
   </si>
   <si>
     <t>3:22</t>
   </si>
   <si>
     <t>1-10-OAK 41 (3:23) 33-James Monaco ran to OAK 39 for 2 yards. Tackle by 98-Kenneth Kirchner.</t>
   </si>
   <si>
     <t>2:52</t>
   </si>
   <si>
     <t>OAK 39</t>
   </si>
   <si>
     <t>2-8-OAK 39 (2:51) 33-James Monaco ran to OAK 40 for -1 yards. Tackle by 91-Barry Douglas.</t>
   </si>
   <si>
     <t>2:16</t>
   </si>