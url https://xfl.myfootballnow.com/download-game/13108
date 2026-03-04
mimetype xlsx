--- v0 (2025-12-16)
+++ v1 (2026-03-04)
@@ -281,78 +281,78 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>PHI has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>GCG</t>
   </si>
   <si>
     <t>GCG 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 12-David White kicks 75 yards from GCG 35 to PHI -10. Touchback.</t>
   </si>
   <si>
-    <t>#11 Wayne Choi - WR</t>
+    <t>#82 Wayne Choi - WR</t>
   </si>
   <si>
     <t>#17 Troy Evans - WR</t>
   </si>
   <si>
     <t>#46 Bradley Jones - CB</t>
   </si>
   <si>
     <t>#96 Luis Matter - MLB</t>
   </si>
   <si>
     <t>#23 Russell Sullivan - CB</t>
   </si>
   <si>
     <t>#40 Francesco Johnson - CB</t>
   </si>
   <si>
     <t>#44 Paul Hamilton - CB</t>
   </si>
   <si>
     <t>#54 Joshua McIver - LDE</t>
   </si>
   <si>
     <t>#99 Keith Aguilar - LDE</t>
   </si>
   <si>
-    <t>#19 Andrew Frederick - WR</t>
+    <t>#81 Andrew Frederick - WR</t>
   </si>
   <si>
     <t>#42 Deshawn Dennis - FS</t>
   </si>
   <si>
     <t>#12 David White - K</t>
   </si>
   <si>
     <t>PHI</t>
   </si>
   <si>
     <t>PHI 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-PHI 25 (15:00) 3-Darren Hensley pass complete to 21-Peter Leek to PHI 23 for -2 yards. Tackle by 33-John Rambo.</t>
   </si>
   <si>
     <t>#3 Darren Hensley - QB</t>
   </si>
@@ -362,78 +362,78 @@
   <si>
     <t>#81 Lauren Reid - TE</t>
   </si>
   <si>
     <t>#16 Anthony Black - WR</t>
   </si>
   <si>
     <t>#13 Bennie Kelley - WR</t>
   </si>
   <si>
     <t>#67 Joel Garcia - LT</t>
   </si>
   <si>
     <t>#74 Rupert Bodkin - C</t>
   </si>
   <si>
     <t>#68 Sheldon House - C</t>
   </si>
   <si>
     <t>#71 Adam Sweeten - RG</t>
   </si>
   <si>
     <t>#64 Clifford Morris - LG</t>
   </si>
   <si>
-    <t>#93 Paul Paris - RDE</t>
+    <t>#93 Paul Paris - LDE</t>
   </si>
   <si>
     <t>#60 Hugh G. O'Bottom - DT</t>
   </si>
   <si>
     <t>#65 Declan O'Volatile - DT</t>
   </si>
   <si>
     <t>#66 Rulon Gardner - RDE</t>
   </si>
   <si>
     <t>#53 Jim Thorpe - MLB</t>
   </si>
   <si>
     <t>#46 Francisco Domenico - WLB</t>
   </si>
   <si>
     <t>#33 John Rambo - CB</t>
   </si>
   <si>
     <t>#36 N. Forcer - CB</t>
   </si>
   <si>
     <t>#31 Aston Martin - CB</t>
   </si>
   <si>
-    <t>#47 Yukon Cornelius - CB</t>
+    <t>#47 Yukon Cornelius - SS</t>
   </si>
   <si>
     <t>#49 Edwin C. Moses - FS</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>PHI 23</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>2-12-PHI 23 (14:20) 3-Darren Hensley sacked at PHI 13 for -10 yards (65-Declan O'Volatile). Sack allowed by 68-Sheldon House. PENALTY - Holding (PHI 67-Joel Garcia) (Declined)</t>
   </si>
   <si>
     <t>#27 John Hayes - RB</t>
   </si>
   <si>
     <t>#65 Kevin Deforge - LT</t>
   </si>
@@ -458,51 +458,51 @@
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>PHI 3</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-32-PHI 3 (13:38) 2-Victor Guzman punts 52 yards to GCG 44. 21-Deckard Shaw to GCG 49 for 5 yards. Tackle by 54-Joshua McIver. PHI 71-Adam Sweeten was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#2 Victor Guzman - P</t>
   </si>
   <si>
     <t>#21 Deckard Shaw - RB</t>
   </si>
   <si>
     <t>#91 Charles Salgado - SLB</t>
   </si>
   <si>
-    <t>#51 Lee Neal - SLB</t>
+    <t>#50 Lee Neal - FS</t>
   </si>
   <si>
     <t>13:27</t>
   </si>
   <si>
     <t>GCG 49</t>
   </si>
   <si>
     <t>Weak I Big HB Counter Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-GCG 49 (13:28) 88-John Delorean ran to PHI 43 for 8 yards. Tackle by 23-Russell Sullivan.</t>
   </si>
   <si>
     <t>#5 Neil Anderson - QB</t>
   </si>
   <si>
     <t>#88 John Delorean - RB</t>
   </si>
   <si>
     <t>#45 Dave Buznik - FB</t>
   </si>
@@ -653,66 +653,66 @@
   <si>
     <t>3-9-PHI 11 (9:51) 5-Neil Anderson sacked at PHI 19 for -8 yards (57-Waylon Bayer)</t>
   </si>
   <si>
     <t>9:15</t>
   </si>
   <si>
     <t>PHI 19</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-17-PHI 19 (9:14) 12-David White 37 yard field goal is GOOD. GCG 3 PHI 0</t>
   </si>
   <si>
     <t>#7 Jack O'Lantern - P</t>
   </si>
   <si>
     <t>#81 Eugene Henderson - TE</t>
   </si>
   <si>
-    <t>#67 Burt Landon - LG</t>
+    <t>#67 Burt Landon - RG</t>
   </si>
   <si>
     <t>#54 Mark Spitz - C</t>
   </si>
   <si>
-    <t>#73 Sylvester Stallone - LG</t>
+    <t>#57 Sylvester Stallone - LG</t>
   </si>
   <si>
     <t>#79 John Engle - DT</t>
   </si>
   <si>
     <t>#59 Ronnie Collins - MLB</t>
   </si>
   <si>
-    <t>#52 Jeffrey Edwards - MLB</t>
+    <t>#91 Jeffrey Edwards - MLB</t>
   </si>
   <si>
     <t>9:10</t>
   </si>
   <si>
     <t>(9:11) 12-David White kicks 74 yards from GCG 35 to PHI -9. Touchback.</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-PHI 25 (9:11) 3-Darren Hensley pass complete to 21-Peter Leek to PHI 29 for 4 yards. Tackle by 47-Yukon Cornelius.</t>
   </si>
   <si>
     <t>#35 Leo Peloquin - FB</t>
   </si>
   <si>
     <t>8:25</t>
   </si>
   <si>
     <t>PHI 29</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
@@ -1184,51 +1184,51 @@
   <si>
     <t>1:17</t>
   </si>
   <si>
     <t>PHI 5</t>
   </si>
   <si>
     <t>1-10-PHI 5 (1:18) 21-Peter Leek ran to PHI 17 for 12 yards. Tackle by 47-Yukon Cornelius.</t>
   </si>
   <si>
     <t>0:34</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>1-10-PHI 17 (0:33) 21-Peter Leek ran to PHI 16 for a short loss. Tackle by 98-Patrick Warburton.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 7-Orville Nardi kicks 72 yards from PHI 35 to GCG -7. 21-Deckard Shaw to GCG 21 for 29 yards. Tackle by 40-Francesco Johnson.</t>
   </si>
   <si>
-    <t>#41 Shawn Chan - FS</t>
+    <t>#41 Shawn Chan - SS</t>
   </si>
   <si>
     <t>#7 Orville Nardi - K</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>1-10-GCG 21 (14:56) 88-John Delorean ran to GCG 20 for -1 yards. Tackle by 57-Waylon Bayer. The defense seems to be getting familiar with that play.</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>2-11-GCG 20 (14:21) 88-John Delorean ran to GCG 28 for 8 yards. Tackle by 40-Francesco Johnson. GCG 88-John Delorean was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>GCG 28</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Zone Under</t>
   </si>