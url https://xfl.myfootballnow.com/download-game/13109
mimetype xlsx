--- v0 (2025-12-16)
+++ v1 (2026-03-12)
@@ -443,126 +443,126 @@
   <si>
     <t>#42 Timothy Menendez - WR</t>
   </si>
   <si>
     <t>#56 Gabriel Hiner - WLB</t>
   </si>
   <si>
     <t>#58 Eric Greer - MLB</t>
   </si>
   <si>
     <t>#31 Virgil Kaine - CB</t>
   </si>
   <si>
     <t>13:43</t>
   </si>
   <si>
     <t>PRI 39</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>3-9-PRI 39 (13:42) 15-Patrick Dixon pass complete to 19-Billy Ford to PRI 45 for 6 yards. Tackle by 41-Carmen Lyons.</t>
   </si>
   <si>
-    <t>#54 Bradford Mast - MLB</t>
+    <t>#91 Bradford Mast - RDE</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>PRI 45</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-PRI 45 (13:01) 2-Daniel Moore punts 65 yards to BRO -10.4-2-PRI 45 (13:01) 2-Daniel Moore punts 65 yards to BRO -10. Touchback.</t>
   </si>
   <si>
     <t>#2 Daniel Moore - P</t>
   </si>
   <si>
     <t>#29 Joshua Warfield - RB</t>
   </si>
   <si>
     <t>#61 Bryon Poirier - RG</t>
   </si>
   <si>
     <t>#63 Roland Switzer - RG</t>
   </si>
   <si>
     <t>#52 Gerard Smith - RT</t>
   </si>
   <si>
-    <t>#91 Russell Marcus - MLB</t>
-[...2 lines deleted...]
-    <t>#96 Billy Downing - DT</t>
+    <t>#98 Russell Marcus - WLB</t>
+  </si>
+  <si>
+    <t>#78 Billy Downing - DT</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>BRO 20</t>
   </si>
   <si>
     <t>Singleback Normal Quick Slant</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-BRO 20 (12:52) 6-John Morris pass complete to 13-JT Cahanin to BRO 22 for 2 yards. Tackle by 55-Keith Franqui.</t>
   </si>
   <si>
     <t>#6 John Morris - QB</t>
   </si>
   <si>
     <t>#13 JT Cahanin - RB</t>
   </si>
   <si>
     <t>#11 Shayne Sitton - WR</t>
   </si>
   <si>
     <t>#81 Archie Dubin - WR</t>
   </si>
   <si>
     <t>#26 David Saylor - WR</t>
   </si>
   <si>
     <t>#69 Sammy Crow - RG</t>
   </si>
   <si>
     <t>#51 Frederick May - LG</t>
   </si>
   <si>
-    <t>#63 Wade Hixon - C</t>
+    <t>#54 Wade Hixon - C</t>
   </si>
   <si>
     <t>#77 David Andress - RT</t>
   </si>
   <si>
     <t>#76 Antonio Warren - LT</t>
   </si>
   <si>
     <t>#74 John Leber - LDE</t>
   </si>
   <si>
     <t>#68 Curtis Byrd - DT</t>
   </si>
   <si>
     <t>#77 Chris Savage - DT</t>
   </si>
   <si>
     <t>#95 Michael Thompson - RDE</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>BRO 22</t>
   </si>
@@ -626,57 +626,57 @@
   <si>
     <t>Strong I Big TE Post</t>
   </si>
   <si>
     <t>2-15-BRO 34 (10:58) 6-John Morris pass complete to 13-JT Cahanin to BRO 38 for 4 yards. Tackle by 4-Scott Perez.</t>
   </si>
   <si>
     <t>10:20</t>
   </si>
   <si>
     <t>BRO 38</t>
   </si>
   <si>
     <t>3-11-BRO 38 (10:19) 6-John Morris pass complete to 13-JT Cahanin to BRO 40 for 2 yards. Tackle by 91-Dennis Quesada.</t>
   </si>
   <si>
     <t>9:40</t>
   </si>
   <si>
     <t>BRO 40</t>
   </si>
   <si>
     <t>4-9-BRO 40 (9:39) 7-Roland Stinson punts 46 yards to PRI 15.</t>
   </si>
   <si>
-    <t>#7 Roland Stinson - P</t>
+    <t>#18 Roland Stinson - P</t>
   </si>
   <si>
     <t>#59 Edward Nowlin - C</t>
   </si>
   <si>
-    <t>#81 Damien Jones - WR</t>
+    <t>#80 Damien Jones - WR</t>
   </si>
   <si>
     <t>#64 Brandon Barnum - C</t>
   </si>
   <si>
     <t>#75 John Kramer - RT</t>
   </si>
   <si>
     <t>#72 Billy Garrick - RDE</t>
   </si>
   <si>
     <t>9:31</t>
   </si>
   <si>
     <t>PRI 15</t>
   </si>
   <si>
     <t>Singleback Normal FL Post</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-PRI 15 (9:32) 15-Patrick Dixon pass incomplete, intended for 42-Timothy Menendez. Pressure by 93-Jinky Elliot.</t>
   </si>
@@ -1076,51 +1076,51 @@
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>4-10-PRI 34 (14:57) 2-Daniel Moore punts 42 yards to BRO 24. Fair Catch by 29-Joshua Warfield.</t>
   </si>
   <si>
     <t>14:50</t>
   </si>
   <si>
     <t>BRO 24</t>
   </si>
   <si>
     <t>1-10-BRO 24 (14:51) 6-John Morris pass complete to 83-Popcorn Sutton to PRI 30 for 46 yards. Tackle by 31-Rudolph Yerby. PRI 74-John Leber was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>14:10</t>
   </si>
   <si>
     <t>PRI 30</t>
   </si>
   <si>
     <t>1-10-PRI 30 (14:09) 46-Leroy Szabo ran to PRI 34 for -4 yards. Tackle by 47-Henry Mumma.</t>
   </si>
   <si>
-    <t>#65 Robert Heaps - RT</t>
+    <t>#69 Robert Heaps - RG</t>
   </si>
   <si>
     <t>#75 Freddie King - LG</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>2-14-PRI 34 (13:33) 86-Gilberto Small ran to PRI 25 for 9 yards. 86-Gilberto Small FUMBLES (4-Scott Perez) recovered by PRI-39-Victor Holm to PRI 26 for 1 yards. Tackle by 11-Shayne Sitton.</t>
   </si>
   <si>
     <t>13:27</t>
   </si>
   <si>
     <t>1-10-PRI 26 (13:28) 15-Patrick Dixon pass complete to 40-Stanley Farber to PRI 34 for 8 yards. Tackle by 56-Gabriel Hiner.</t>
   </si>
   <si>
     <t>2-2-PRI 34 (12:50) 15-Patrick Dixon pass Pass knocked down by 34-Edwin Kellum. incomplete, intended for 37-Russell Feldman. Pressure by 90-Justin Voegele.</t>
   </si>
   <si>
     <t>12:45</t>
   </si>
@@ -2487,51 +2487,51 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="347.915" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>