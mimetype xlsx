--- v0 (2025-12-16)
+++ v1 (2026-01-09)
@@ -335,51 +335,51 @@
   <si>
     <t>#63 Jeff Donald - LDE</t>
   </si>
   <si>
     <t>#5 Shannon Smith - K</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-HOU 25 (15:00) 22-John Carlson pass complete to 12-Renato Harris to HOU 30 for 5 yards. Tackle by 36-Brian Brown. Great move by 12-Renato Harris to get free of his coverage.</t>
   </si>
   <si>
     <t>#22 John Carlson - QB</t>
   </si>
   <si>
-    <t>#49 Dane Motter - TE</t>
+    <t>#49 Dane Motter - FB</t>
   </si>
   <si>
     <t>#86 Raymond Altman - WR</t>
   </si>
   <si>
     <t>#88 James Butler - WR</t>
   </si>
   <si>
     <t>#11 Michael Newsome - WR</t>
   </si>
   <si>
     <t>#12 Renato Harris - WR</t>
   </si>
   <si>
     <t>#74 Jessie York - LT</t>
   </si>
   <si>
     <t>#61 Daniel Stevenson - LG</t>
   </si>
   <si>
     <t>#51 Angel Livingston - C</t>
   </si>
   <si>
     <t>#64 Harold Davis - RG</t>
   </si>
@@ -458,51 +458,51 @@
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>3-1-HOU 34 (13:33) 44-Joshua Walker ran to HOU 33 for -1 yards. Tackle by 91-Hubert Paine.</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>HOU 33</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-HOU 33 (12:59) 1-Arthur Beverage punts 51 yards to NYE 16. 12-Jeremiah Wells to NYE 17 for 1 yards. Tackle by 45-Thomas Murphy.</t>
   </si>
   <si>
     <t>#1 Arthur Beverage - P</t>
   </si>
   <si>
-    <t>#69 William Hunt - LG</t>
+    <t>#71 William Hunt - LT</t>
   </si>
   <si>
     <t>#12 Jeremiah Wells - WR</t>
   </si>
   <si>
     <t>#66 Gary Grajeda - RG</t>
   </si>
   <si>
     <t>#86 Troy Hahn - TE</t>
   </si>
   <si>
     <t>#53 Edward Carmen - MLB</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>NYE 17</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>