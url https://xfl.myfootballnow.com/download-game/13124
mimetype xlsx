--- v0 (2025-12-16)
+++ v1 (2026-01-09)
@@ -359,294 +359,294 @@
   <si>
     <t>#21 Antonio Montano - RB</t>
   </si>
   <si>
     <t>#80 Kevin Dover - TE</t>
   </si>
   <si>
     <t>#18 Thomas Houston - WR</t>
   </si>
   <si>
     <t>#66 Gene Perez - LT</t>
   </si>
   <si>
     <t>#47 Corey Martinez - LG</t>
   </si>
   <si>
     <t>#69 Marcus Love - C</t>
   </si>
   <si>
     <t>#63 Richard Carroll - RG</t>
   </si>
   <si>
     <t>#79 Bryant Minick - RT</t>
   </si>
   <si>
-    <t>#93 Scott Carmack - LDE</t>
+    <t>#93 Scott Carmack - SS</t>
   </si>
   <si>
     <t>#97 Ray Higgins - DT</t>
   </si>
   <si>
     <t>#99 Ted Soto - DT</t>
   </si>
   <si>
-    <t>#96 Daniel Hummel - RDE</t>
-[...8 lines deleted...]
-    <t>#55 George Roberts - WLB</t>
+    <t>#96 Daniel Hummel - WLB</t>
+  </si>
+  <si>
+    <t>#56 Ruben Kipp - FS</t>
+  </si>
+  <si>
+    <t>#51 Lawrence Hutchinson - FS</t>
+  </si>
+  <si>
+    <t>#55 George Roberts - FS</t>
   </si>
   <si>
     <t>#23 Jose Brooks - CB</t>
   </si>
   <si>
     <t>#27 William Fernandez - CB</t>
   </si>
   <si>
     <t>#28 Kenneth Stephenson - CB</t>
   </si>
   <si>
     <t>#29 Vincent Watson - CB</t>
   </si>
   <si>
     <t>14:27</t>
   </si>
   <si>
     <t>DAK 39</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>1-10-DAK 39 (14:26) 21-Antonio Montano ran to DAK 40 for a short gain. Tackle by 56-Ruben Kipp.</t>
   </si>
   <si>
     <t>#99 Jose Snyder - DT</t>
   </si>
   <si>
-    <t>#50 Dale Williams - MLB</t>
-[...2 lines deleted...]
-    <t>#57 Bradley Moore - WLB</t>
+    <t>#50 Dale Williams - FS</t>
+  </si>
+  <si>
+    <t>#57 Bradley Moore - FS</t>
   </si>
   <si>
     <t>#26 Matthew Lopez - CB</t>
   </si>
   <si>
     <t>#22 Billy Davis - CB</t>
   </si>
   <si>
     <t>#24 Ralph Witham - CB</t>
   </si>
   <si>
     <t>13:52</t>
   </si>
   <si>
     <t>DAK 40</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>2-10-DAK 40 (13:51) 10-Frank Crane pass Pass knocked down by 23-Jose Brooks. incomplete, intended for 11-Smurf Murphy.</t>
   </si>
   <si>
     <t>13:46</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Parallel Slants</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>3-10-DAK 40 (13:47) 10-Frank Crane pass Pass knocked down by 50-Dale Williams. incomplete, intended for 21-Antonio Montano.</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-DAK 40 (13:45) 12-Robert McClendon punts 43 yards to NEC 18. Fair Catch by 35-Charles Lyons.</t>
   </si>
   <si>
     <t>#12 Robert McClendon - P</t>
   </si>
   <si>
-    <t>#35 Charles Lyons - RB</t>
+    <t>#35 Charles Lyons - WR</t>
   </si>
   <si>
     <t>#53 Timothy Nichols - C</t>
   </si>
   <si>
     <t>#60 Juan Stacy - LG</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>NEC 18</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-NEC 18 (13:39) 9-Alonzo Gibson pass complete to 35-Charles Lyons to NEC 35 for 18 yards. Tackle by 20-Oscar Gamble. 26-Franklin Story got away with a hold on that play.</t>
   </si>
   <si>
     <t>#9 Alonzo Gibson - QB</t>
   </si>
   <si>
-    <t>#46 Clifford Simmons - FB</t>
+    <t>#86 Clifford Simmons - FB</t>
   </si>
   <si>
     <t>#12 Kenneth Krueger - WR</t>
   </si>
   <si>
     <t>#14 Michael Huffman - WR</t>
   </si>
   <si>
     <t>#17 Robert Cupp - WR</t>
   </si>
   <si>
-    <t>#67 Matthew Patterson - LT</t>
+    <t>#76 Matthew Patterson - LT</t>
   </si>
   <si>
     <t>#66 Albert Scott - LG</t>
   </si>
   <si>
     <t>#60 Vincent Hagedorn - C</t>
   </si>
   <si>
-    <t>#79 Darryl Wyman - RG</t>
+    <t>#69 Darryl Wyman - RG</t>
   </si>
   <si>
     <t>#78 William Kuhn - RT</t>
   </si>
   <si>
     <t>#76 Joseph Alonzo - LDE</t>
   </si>
   <si>
     <t>#56 Peter Ruiz - DT</t>
   </si>
   <si>
     <t>#64 Ian Norris - DT</t>
   </si>
   <si>
     <t>#96 Brett Taylor - RDE</t>
   </si>
   <si>
     <t>#49 Eddie Bernal - CB</t>
   </si>
   <si>
     <t>#47 David Lynch - FS</t>
   </si>
   <si>
     <t>13:02</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-NEC 35 (13:01) 9-Alonzo Gibson pass complete to 13-Victor Waite to NEC 40 for 5 yards. Tackle by 29-Victor Rodriguez. DAK 64-Ian Norris was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#30 Paul McGuire - RB</t>
+    <t>#30 Paul McGuire - WR</t>
   </si>
   <si>
     <t>#13 Victor Waite - WR</t>
   </si>
   <si>
     <t>#19 Todd Pilon - WR</t>
   </si>
   <si>
     <t>#29 Victor Rodriguez - CB</t>
   </si>
   <si>
     <t>12:22</t>
   </si>
   <si>
     <t>NEC 40</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>2-5-NEC 40 (12:21) 30-Paul McGuire ran to NEC 41 for 1 yards. Tackle by 22-Sam Horn.</t>
   </si>
   <si>
-    <t>#81 Joseph Reyes - TE</t>
+    <t>#81 Joseph Reyes - FB</t>
   </si>
   <si>
     <t>#62 Kenneth Stinson - DT</t>
   </si>
   <si>
     <t>11:41</t>
   </si>
   <si>
     <t>NEC 41</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>3-4-NEC 41 (11:40) 9-Alonzo Gibson pass complete to 14-Michael Huffman to NEC 43 for 2 yards. Tackle by 49-Eddie Bernal.</t>
   </si>
   <si>
     <t>11:07</t>
   </si>
   <si>
     <t>NEC 43</t>
   </si>
   <si>
     <t>4-2-NEC 43 (11:06) 1-Fred Duquette punts 44 yards to DAK 13.</t>
   </si>
   <si>
     <t>#1 Fred Duquette - P</t>
   </si>
   <si>
-    <t>#63 Matthew Evatt - LT</t>
+    <t>#63 Matthew Evatt - RG</t>
   </si>
   <si>
     <t>#62 Raymond Miller - C</t>
   </si>
   <si>
     <t>10:55</t>
   </si>
   <si>
     <t>DAK 13</t>
   </si>
   <si>
     <t>1-10-DAK 13 (10:56) 10-Frank Crane pass incomplete, dropped by 18-Thomas Houston.</t>
   </si>
   <si>
     <t>10:52</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-10-DAK 13 (10:53) 10-Frank Crane pass incomplete, intended for 88-Steve Magno.</t>
   </si>
@@ -671,51 +671,51 @@
   <si>
     <t>9:57</t>
   </si>
   <si>
     <t>NEC 34</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>1-10-NEC 34 (9:58) 46-Clifford Simmons ran to NEC 47 for 13 yards. Tackle by 47-David Lynch. NEC 66-Albert Scott was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:15</t>
   </si>
   <si>
     <t>NEC 47</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>1-10-NEC 47 (9:14) 9-Alonzo Gibson pass Pass knocked down by 92-James Messenger. incomplete, intended for 35-Charles Lyons.</t>
   </si>
   <si>
-    <t>#33 Paul Bogle - RB</t>
+    <t>#33 Paul Bogle - WR</t>
   </si>
   <si>
     <t>#65 Carl Martinez - LG</t>
   </si>
   <si>
     <t>9:10</t>
   </si>
   <si>
     <t>2-10-NEC 47 (9:11) 9-Alonzo Gibson pass complete to 13-Victor Waite to DAK 44 for 9 yards. Tackle by 28-Denny Walling.</t>
   </si>
   <si>
     <t>8:28</t>
   </si>
   <si>
     <t>DAK 44</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>3-1-DAK 44 (8:27) 9-Alonzo Gibson pass complete to 81-Joseph Reyes to DAK 37 for 7 yards. Tackle by 28-Denny Walling.</t>
   </si>
@@ -758,51 +758,51 @@
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-8-DAK 35 (6:53) 3-Bradley Brendle 52 yard field goal is GOOD. NEC 3 DAK 0</t>
   </si>
   <si>
     <t>6:48</t>
   </si>
   <si>
     <t>(6:49) 3-Bradley Brendle kicks 65 yards from NEC 35 to DAK 0. 19-David Obando to DAK 28 for 28 yards. Tackle by 57-Bradley Moore. 11-Smurf Murphy was completely beat on that play.</t>
   </si>
   <si>
     <t>6:44</t>
   </si>
   <si>
     <t>DAK 28</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>1-10-DAK 28 (6:45) 10-Frank Crane pass incomplete, intended for 18-Thomas Houston.</t>
   </si>
   <si>
-    <t>#92 Jimmie Eldridge - RDE</t>
+    <t>#92 Jimmie Eldridge - WLB</t>
   </si>
   <si>
     <t>6:42</t>
   </si>
   <si>
     <t>2-10-DAK 28 (6:43) 10-Frank Crane pass complete to 19-David Obando to DAK 39 for 11 yards. Tackle by 27-William Fernandez. Pressure by 56-Ruben Kipp.</t>
   </si>
   <si>
     <t>6:01</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-DAK 39 (6:00) 21-Antonio Montano ran to DAK 41 for 2 yards. Tackle by 57-Bradley Moore.</t>
   </si>
   <si>
     <t>5:21</t>
   </si>
   <si>
     <t>DAK 41</t>
   </si>
@@ -1067,51 +1067,51 @@
   <si>
     <t>1-10-NEC 47 (8:20) 35-Charles Lyons ran to DAK 30 for 22 yards. Tackle by 47-David Lynch.</t>
   </si>
   <si>
     <t>7:34</t>
   </si>
   <si>
     <t>DAK 30</t>
   </si>
   <si>
     <t>1-10-DAK 30 (7:33) 46-Clifford Simmons ran to DAK 15 for 16 yards. Tackle by 47-David Lynch.</t>
   </si>
   <si>
     <t>7:00</t>
   </si>
   <si>
     <t>1-10-DAK 15 (6:59) 9-Alonzo Gibson pass Pass knocked down by 44-Carlos Childers. incomplete, intended for 19-Todd Pilon. PENALTY - Holding (NEC 66-Albert Scott)</t>
   </si>
   <si>
     <t>6:54</t>
   </si>
   <si>
     <t>1-20-DAK 25 (6:55) 9-Alonzo Gibson pass incomplete, dropped by 12-Kenneth Krueger. Pressure by 96-Brett Taylor.</t>
   </si>
   <si>
-    <t>#38 William Bonomo - RB</t>
+    <t>#88 William Bonomo - FB</t>
   </si>
   <si>
     <t>6:50</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-20-DAK 25 (6:51) 9-Alonzo Gibson pass incomplete, intended for 81-Joseph Reyes.</t>
   </si>
   <si>
     <t>6:47</t>
   </si>
   <si>
     <t>3-20-DAK 25 (6:48) 9-Alonzo Gibson pass Pass knocked down by 20-Oscar Gamble. incomplete, intended for 35-Charles Lyons.</t>
   </si>
   <si>
     <t>4-20-DAK 25 (6:45) 3-Bradley Brendle 42 yard field goal is GOOD. NEC 13 DAK 3</t>
   </si>
   <si>
     <t>6:41</t>
   </si>
   <si>
     <t>(6:42) 3-Bradley Brendle kicks 65 yards from NEC 35 to DAK 0. 19-David Obando to DAK 23 for 23 yards. Tackle by 24-Ralph Witham.</t>
   </si>
@@ -1388,51 +1388,51 @@
   <si>
     <t>1-10-DAK 40 (6:40) 10-Frank Crane pass Pass knocked down by 51-Lawrence Hutchinson. incomplete, intended for 21-Antonio Montano.</t>
   </si>
   <si>
     <t>2-10-DAK 40 (6:38) 10-Frank Crane pass complete to 88-Steve Magno to NEC 44 for 15 yards. Tackle by 23-Jose Brooks.</t>
   </si>
   <si>
     <t>6:18</t>
   </si>
   <si>
     <t>NEC 44</t>
   </si>
   <si>
     <t>1-10-NEC 44 (6:17) 10-Frank Crane pass complete to 11-Smurf Murphy to NEC 32 for 13 yards. Tackle by 26-Matthew Lopez.</t>
   </si>
   <si>
     <t>5:52</t>
   </si>
   <si>
     <t>1-10-NEC 32 (5:51) 10-Frank Crane pass complete to 88-Steve Magno to NEC 16 for 15 yards. Tackle by 23-Jose Brooks.</t>
   </si>
   <si>
     <t>#33 Donald Morrow - WR</t>
   </si>
   <si>
-    <t>#91 Richard Teel - LDE</t>
+    <t>#91 Richard Teel - SS</t>
   </si>
   <si>
     <t>5:27</t>
   </si>
   <si>
     <t>NEC 16</t>
   </si>
   <si>
     <t>1-10-NEC 16 (5:26) 10-Frank Crane pass Pass knocked down by 23-Jose Brooks. incomplete, intended for 18-Thomas Houston.</t>
   </si>
   <si>
     <t>5:22</t>
   </si>
   <si>
     <t>2-10-NEC 16 (5:23) 10-Frank Crane pass complete to 88-Steve Magno to NEC 7 for 9 yards. Tackle by 51-Lawrence Hutchinson.</t>
   </si>
   <si>
     <t>5:00</t>
   </si>
   <si>
     <t>NEC 7</t>
   </si>
   <si>
     <t>3-1-NEC 7 (4:59) 10-Frank Crane pass complete to 87-Ryan Archuleta for 7 yards. 87-Ryan Archuleta had to slow down a little to make that catch. TOUCHDOWN! Pressure by 93-Scott Carmack. PENALTY - Pass Interference (NEC 23-Jose Brooks) (Declined) NEC 27 DAK 15</t>
   </si>
@@ -2193,96 +2193,96 @@
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="363.197" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="37" max="37" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="39" max="39" width="35.277" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="79" max="79" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="81" max="81" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="81" max="81" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>