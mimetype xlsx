--- v0 (2025-12-16)
+++ v1 (2026-01-09)
@@ -284,75 +284,75 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>DAY has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>ORG</t>
   </si>
   <si>
     <t>ORG 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 12-Michael Mercier kicks 69 yards from ORG 35 to DAY -4. Touchback.</t>
   </si>
   <si>
     <t>#11 Devin Valles - WR</t>
   </si>
   <si>
-    <t>#87 Enrique Pierce - C</t>
+    <t>#87 Enrique Pierce - WR</t>
   </si>
   <si>
     <t>#68 Edward Campbell - C</t>
   </si>
   <si>
     <t>#39 Sean Kolb - RB</t>
   </si>
   <si>
     <t>#52 Terry Swanson - C</t>
   </si>
   <si>
-    <t>#67 Daniel Powell - RG</t>
+    <t>#67 Daniel Powell - RT</t>
   </si>
   <si>
     <t>#77 Jack Stone - C</t>
   </si>
   <si>
     <t>#86 Joseph Hearn - C</t>
   </si>
   <si>
     <t>#16 Billy Hood - WR</t>
   </si>
   <si>
-    <t>#10 Scott Rodriquez - C</t>
+    <t>#10 Scott Rodriquez - WR</t>
   </si>
   <si>
     <t>#57 Robert Cortez - C</t>
   </si>
   <si>
     <t>#12 Michael Mercier - K</t>
   </si>
   <si>
     <t>DAY</t>
   </si>
   <si>
     <t>DAY 25</t>
   </si>
   <si>
     <t>Singleback Normal Quick Slant</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-DAY 25 (15:00) 9-Matthew Powers pass complete to 11-Devin Valles to DAY 26 for 1 yards. Tackle by 25-Brian Oneill.</t>
   </si>
   <si>
     <t>#9 Matthew Powers - QB</t>
   </si>
@@ -482,54 +482,54 @@
   <si>
     <t>#3 Joseph Day - K</t>
   </si>
   <si>
     <t>#89 Frankie Bales - RB</t>
   </si>
   <si>
     <t>#83 Adam Hogan - C</t>
   </si>
   <si>
     <t>#69 John Clements - C</t>
   </si>
   <si>
     <t>#65 Lee Christmas - LT</t>
   </si>
   <si>
     <t>#35 James Crawford - WR</t>
   </si>
   <si>
     <t>#15 Brock Scott - WR</t>
   </si>
   <si>
     <t>#31 Alberto Banta - RB</t>
   </si>
   <si>
-    <t>#42 Edward Meeks - FB</t>
-[...2 lines deleted...]
-    <t>#82 Donald Shellman - WR</t>
+    <t>#42 Edward Meeks - RB</t>
+  </si>
+  <si>
+    <t>#1 Donald Shellman - RB</t>
   </si>
   <si>
     <t>DAY 35</t>
   </si>
   <si>
     <t>(12:40) 3-Joseph Day kicks 75 yards from DAY 35 to ORG -10. Touchback.</t>
   </si>
   <si>
     <t>#54 Gregory Rich - SLB</t>
   </si>
   <si>
     <t>ORG 25</t>
   </si>
   <si>
     <t>Strong I Normal Counter Strong</t>
   </si>
   <si>
     <t>3-4 Normal OLBs Blitz</t>
   </si>
   <si>
     <t>1-10-ORG 25 (12:40) 31-Alberto Banta ran to ORG 26 for 1 yards. Tackle by 28-Donald Michael.</t>
   </si>
   <si>
     <t>#5 David Meier - QB</t>
   </si>
@@ -545,90 +545,90 @@
   <si>
     <t>#63 Charles Tapia - LG</t>
   </si>
   <si>
     <t>#76 Damon McAlister - C</t>
   </si>
   <si>
     <t>#66 Charles Anderson - RG</t>
   </si>
   <si>
     <t>#79 Brian Tyree - RT</t>
   </si>
   <si>
     <t>#91 William Bridwell - LDE</t>
   </si>
   <si>
     <t>#72 William Apple - MLB</t>
   </si>
   <si>
     <t>#79 Michael Tucker - WLB</t>
   </si>
   <si>
     <t>#59 Alex Schmidt - SLB</t>
   </si>
   <si>
-    <t>#28 Donald Michael - RDE</t>
-[...2 lines deleted...]
-    <t>#41 John Branch - RDE</t>
+    <t>#28 Donald Michael - CB</t>
+  </si>
+  <si>
+    <t>#41 John Branch - CB</t>
   </si>
   <si>
     <t>#93 Rene Johnson - WLB</t>
   </si>
   <si>
     <t>#47 Derrick Pinson - CB</t>
   </si>
   <si>
     <t>#22 Curtis McKenna - CB</t>
   </si>
   <si>
     <t>#37 Jerry Santibanez - CB</t>
   </si>
   <si>
     <t>#25 Carl Parramore - CB</t>
   </si>
   <si>
     <t>11:57</t>
   </si>
   <si>
     <t>ORG 26</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>2-9-ORG 26 (11:56) 31-Alberto Banta ran to ORG 29 for 3 yards. Tackle by 59-Alex Schmidt.</t>
   </si>
   <si>
-    <t>#28 Kenneth Minor - FB</t>
+    <t>#80 Kenneth Minor - TE</t>
   </si>
   <si>
     <t>#86 David Anderson - TE</t>
   </si>
   <si>
-    <t>#33 John Baines - DT</t>
+    <t>#33 John Baines - MLB</t>
   </si>
   <si>
     <t>11:16</t>
   </si>
   <si>
     <t>ORG 29</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>3-6-ORG 29 (11:15) 31-Alberto Banta ran to ORG 33 for 4 yards. Tackle by 93-Rene Johnson.</t>
   </si>
   <si>
     <t>10:35</t>
   </si>
   <si>
     <t>ORG 33</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
@@ -866,51 +866,51 @@
   <si>
     <t>(1:38) 3-Joseph Day kicks 71 yards from DAY 35 to ORG -6. Touchback.</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Flat</t>
   </si>
   <si>
     <t>1-10-ORG 25 (1:38) 5-David Meier pass complete to 31-Alberto Banta to ORG 27 for 2 yards. Tackle by 41-John Branch.</t>
   </si>
   <si>
     <t>0:57</t>
   </si>
   <si>
     <t>ORG 27</t>
   </si>
   <si>
     <t>I Formation Power HB Dive Weak</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-8-ORG 27 (0:56) 31-Alberto Banta ran to ORG 35 for 8 yards. Tackle by 25-Carl Parramore.</t>
   </si>
   <si>
-    <t>#58 John Caudill - CB</t>
+    <t>#58 John Caudill - FS</t>
   </si>
   <si>
     <t>0:11</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>1-10-ORG 35 (0:10) 5-David Meier pass complete to 89-Kenneth Dunbar to ORG 40 for 5 yards. Tackle by 41-John Branch.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>ORG 40</t>
   </si>
   <si>
     <t>2-5-ORG 40 (15:00) 5-David Meier pass complete to 31-Alberto Banta to ORG 45 for 4 yards. Tackle by 47-Derrick Pinson.</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
@@ -2155,111 +2155,111 @@
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="266.506" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">