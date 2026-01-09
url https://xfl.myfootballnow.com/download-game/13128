--- v0 (2025-12-16)
+++ v1 (2026-01-09)
@@ -284,75 +284,75 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>DAY has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>WAS</t>
   </si>
   <si>
     <t>WAS 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Paul Kelly kicks 75 yards from WAS 35 to DAY -10. Touchback.</t>
   </si>
   <si>
     <t>#11 Devin Valles - WR</t>
   </si>
   <si>
-    <t>#87 Enrique Pierce - C</t>
+    <t>#87 Enrique Pierce - WR</t>
   </si>
   <si>
     <t>#68 Edward Campbell - C</t>
   </si>
   <si>
     <t>#39 Sean Kolb - RB</t>
   </si>
   <si>
     <t>#52 Terry Swanson - C</t>
   </si>
   <si>
-    <t>#67 Daniel Powell - RG</t>
+    <t>#67 Daniel Powell - RT</t>
   </si>
   <si>
     <t>#77 Jack Stone - C</t>
   </si>
   <si>
     <t>#86 Joseph Hearn - C</t>
   </si>
   <si>
     <t>#16 Billy Hood - WR</t>
   </si>
   <si>
-    <t>#10 Scott Rodriquez - C</t>
+    <t>#10 Scott Rodriquez - WR</t>
   </si>
   <si>
     <t>#57 Robert Cortez - C</t>
   </si>
   <si>
     <t>#7 Paul Kelly - K</t>
   </si>
   <si>
     <t>DAY</t>
   </si>
   <si>
     <t>DAY 25</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>46 Heavy 1 Deep SS MLB Blitz</t>
   </si>
   <si>
     <t>1-10-DAY 25 (15:00) 49-Richard Espinal ran to DAY 28 for 3 yards. Tackle by 58-Antonio Ortega.</t>
   </si>
   <si>
     <t>#9 Matthew Powers - QB</t>
   </si>
@@ -683,90 +683,90 @@
   <si>
     <t>#85 Nathan Widger - TE</t>
   </si>
   <si>
     <t>#82 Jonathan Clark - TE</t>
   </si>
   <si>
     <t>#73 Julio Napoli - LG</t>
   </si>
   <si>
     <t>#60 John Mills - C</t>
   </si>
   <si>
     <t>#65 Christopher Stamper - RT</t>
   </si>
   <si>
     <t>#91 William Bridwell - LDE</t>
   </si>
   <si>
     <t>#95 Joe Young - LDE</t>
   </si>
   <si>
     <t>#72 William Apple - MLB</t>
   </si>
   <si>
-    <t>#33 John Baines - DT</t>
+    <t>#33 John Baines - MLB</t>
   </si>
   <si>
     <t>#79 Michael Tucker - WLB</t>
   </si>
   <si>
     <t>#93 Rene Johnson - WLB</t>
   </si>
   <si>
-    <t>#41 John Branch - RDE</t>
+    <t>#41 John Branch - CB</t>
   </si>
   <si>
     <t>#59 Alex Schmidt - SLB</t>
   </si>
   <si>
     <t>#31 Brian Murphy - CB</t>
   </si>
   <si>
     <t>#22 Curtis McKenna - CB</t>
   </si>
   <si>
     <t>#37 Jerry Santibanez - CB</t>
   </si>
   <si>
     <t>4:41</t>
   </si>
   <si>
     <t>I Formation Twin WR HB Toss Strong</t>
   </si>
   <si>
     <t>3-4 Normal OLBs Blitz</t>
   </si>
   <si>
     <t>2-10-WAS 25 (4:40) 45-Jorge Erlandson ran to WAS 27 for 2 yards. Tackle by 41-John Branch.</t>
   </si>
   <si>
     <t>#83 Edward Trost - WR</t>
   </si>
   <si>
-    <t>#28 Donald Michael - RDE</t>
+    <t>#28 Donald Michael - CB</t>
   </si>
   <si>
     <t>#25 Carl Parramore - CB</t>
   </si>
   <si>
     <t>3:56</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>3-8-WAS 27 (3:55) 45-Jorge Erlandson ran to WAS 34 for 7 yards. Tackle by 37-Jerry Santibanez.</t>
   </si>
   <si>
     <t>3:13</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-WAS 34 (3:12) 19-Vincent Ayres punts 50 yards to DAY 16.</t>
   </si>
@@ -860,51 +860,51 @@
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-9-WAS 34 (0:56) 45-Jorge Erlandson ran to WAS 31 for -2 yards. Tackle by 79-Michael Tucker.</t>
   </si>
   <si>
     <t>#13 Jeffrey Luciani - WR</t>
   </si>
   <si>
     <t>0:17</t>
   </si>
   <si>
     <t>WAS 31</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>3-11-WAS 31 (0:16) 45-Jorge Erlandson ran to WAS 27 for -5 yards. Tackle by 91-William Bridwell.</t>
   </si>
   <si>
-    <t>#58 John Caudill - CB</t>
+    <t>#58 John Caudill - FS</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>4-16-WAS 27 (15:00) 19-Vincent Ayres punts 48 yards to DAY 25. Fair Catch by 27-Donald Myers.</t>
   </si>
   <si>
     <t>14:53</t>
   </si>
   <si>
     <t>1-10-DAY 25 (14:54) 49-Richard Espinal ran to DAY 27 for 2 yards. Tackle by 50-Clint Caro.</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>DAY 27</t>
   </si>
   <si>
     <t>2-8-DAY 27 (14:16) 49-Richard Espinal ran to DAY 29 for 2 yards. Tackle by 20-Phillip Owens.</t>
   </si>
@@ -2142,93 +2142,93 @@
   <dimension ref="A1:CD154"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="279.503" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">