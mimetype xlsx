--- v0 (2025-12-16)
+++ v1 (2026-01-09)
@@ -287,63 +287,63 @@
   <si>
     <t>ORG has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>MIA</t>
   </si>
   <si>
     <t>MIA 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 8-Robert Sauceda kicks 75 yards from MIA 35 to ORG -10. 35-James Crawford to ORG 18 for 28 yards. Tackle by 39-Howard Largent.</t>
   </si>
   <si>
     <t>#35 James Crawford - WR</t>
   </si>
   <si>
     <t>#54 Gregory Rich - SLB</t>
   </si>
   <si>
-    <t>#82 Donald Shellman - WR</t>
+    <t>#1 Donald Shellman - RB</t>
   </si>
   <si>
     <t>#48 John Briggs - SS</t>
   </si>
   <si>
     <t>#15 Brock Scott - WR</t>
   </si>
   <si>
     <t>#39 Henry Granata - FS</t>
   </si>
   <si>
-    <t>#42 Edward Meeks - FB</t>
+    <t>#42 Edward Meeks - RB</t>
   </si>
   <si>
     <t>#27 Hector Anderson - CB</t>
   </si>
   <si>
     <t>#53 John Frederick - WLB</t>
   </si>
   <si>
     <t>#31 Alberto Banta - RB</t>
   </si>
   <si>
     <t>#49 Andrew Jeffords - FS</t>
   </si>
   <si>
     <t>#8 Robert Sauceda - K</t>
   </si>
   <si>
     <t>ORG</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>ORG 18</t>
   </si>
@@ -842,51 +842,51 @@
   <si>
     <t>2:11</t>
   </si>
   <si>
     <t>ORG 32</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>2-3-ORG 32 (2:10) 31-Alberto Banta ran to ORG 30 for -2 yards. Tackle by 34-Howard Leonard.</t>
   </si>
   <si>
     <t>1:28</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>3-5-ORG 30 (1:27) 31-Alberto Banta ran to ORG 29 for -1 yards. Tackle by 34-Howard Leonard.</t>
   </si>
   <si>
-    <t>#28 Kenneth Minor - FB</t>
+    <t>#80 Kenneth Minor - TE</t>
   </si>
   <si>
     <t>#70 William May - LDE</t>
   </si>
   <si>
     <t>#94 Stephen Stevenson - CB</t>
   </si>
   <si>
     <t>0:46</t>
   </si>
   <si>
     <t>ORG 29</t>
   </si>
   <si>
     <t>4-6-ORG 29 (0:45)</t>
   </si>
   <si>
     <t>0:39</t>
   </si>
   <si>
     <t>MIA 44</t>
   </si>
   <si>
     <t>1-10-MIA 44 (0:40) 5-Kevin Trout pass incomplete, dropped by 89-Cecil Suarez.</t>
   </si>
@@ -2354,110 +2354,110 @@
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="342.059" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">