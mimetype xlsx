--- v0 (2025-12-16)
+++ v1 (2026-01-09)
@@ -362,81 +362,81 @@
   <si>
     <t>#82 John Hawkins - TE</t>
   </si>
   <si>
     <t>#10 Wilson Shoemaker - WR</t>
   </si>
   <si>
     <t>#85 Moses Kirts - WR</t>
   </si>
   <si>
     <t>#66 James Shillings - LT</t>
   </si>
   <si>
     <t>#75 Ryan Arrington - LG</t>
   </si>
   <si>
     <t>#76 James Caton - C</t>
   </si>
   <si>
     <t>#79 Karl Palumbo - RG</t>
   </si>
   <si>
     <t>#78 Terry Williamson - RT</t>
   </si>
   <si>
-    <t>#93 Scott Carmack - LDE</t>
+    <t>#93 Scott Carmack - SS</t>
   </si>
   <si>
     <t>#97 Ray Higgins - DT</t>
   </si>
   <si>
     <t>#99 Ted Soto - DT</t>
   </si>
   <si>
-    <t>#96 Daniel Hummel - RDE</t>
-[...8 lines deleted...]
-    <t>#51 Lawrence Hutchinson - MLB</t>
+    <t>#96 Daniel Hummel - WLB</t>
+  </si>
+  <si>
+    <t>#50 Dale Williams - FS</t>
+  </si>
+  <si>
+    <t>#57 Bradley Moore - FS</t>
+  </si>
+  <si>
+    <t>#51 Lawrence Hutchinson - FS</t>
   </si>
   <si>
     <t>#23 Jose Brooks - CB</t>
   </si>
   <si>
     <t>#27 William Fernandez - CB</t>
   </si>
   <si>
-    <t>#56 Ruben Kipp - MLB</t>
-[...2 lines deleted...]
-    <t>#55 George Roberts - WLB</t>
+    <t>#56 Ruben Kipp - FS</t>
+  </si>
+  <si>
+    <t>#55 George Roberts - FS</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-10-MTG 25 (14:16) PENALTY - False Start (MTG 66-James Shillings)</t>
   </si>
   <si>
     <t>#99 Jose Snyder - DT</t>
   </si>
   <si>
     <t>#28 Kenneth Stephenson - CB</t>
   </si>
   <si>
     <t>#29 Vincent Watson - CB</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
@@ -473,207 +473,207 @@
   <si>
     <t>#87 Daniel Herrell - TE</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>MTG 24</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-11-MTG 24 (12:53) 15-Alexander Perry punts 46 yards to NEC 31. Fair Catch by 35-Charles Lyons.</t>
   </si>
   <si>
     <t>#15 Alexander Perry - P</t>
   </si>
   <si>
     <t>#72 Steven Jones - C</t>
   </si>
   <si>
-    <t>#35 Charles Lyons - RB</t>
+    <t>#35 Charles Lyons - WR</t>
   </si>
   <si>
     <t>#24 Ralph Witham - CB</t>
   </si>
   <si>
     <t>#71 Wilmer Guidry - LT</t>
   </si>
   <si>
     <t>#63 James George - RT</t>
   </si>
   <si>
     <t>#61 William Elliott - C</t>
   </si>
   <si>
     <t>#64 Jorge Diaz - RG</t>
   </si>
   <si>
-    <t>#94 Norman Gates - LDE</t>
+    <t>#94 Norman Gates - SS</t>
   </si>
   <si>
     <t>12:46</t>
   </si>
   <si>
     <t>NEC 31</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-NEC 31 (12:47) 9-Alonzo Gibson pass complete to 14-Michael Huffman to NEC 35 for 4 yards. Tackle by 59-Eric Brand.</t>
   </si>
   <si>
     <t>#9 Alonzo Gibson - QB</t>
   </si>
   <si>
-    <t>#46 Clifford Simmons - FB</t>
+    <t>#86 Clifford Simmons - FB</t>
   </si>
   <si>
     <t>#12 Kenneth Krueger - WR</t>
   </si>
   <si>
     <t>#14 Michael Huffman - WR</t>
   </si>
   <si>
     <t>#17 Robert Cupp - WR</t>
   </si>
   <si>
-    <t>#67 Matthew Patterson - LT</t>
+    <t>#76 Matthew Patterson - LT</t>
   </si>
   <si>
     <t>#66 Albert Scott - LG</t>
   </si>
   <si>
     <t>#60 Vincent Hagedorn - C</t>
   </si>
   <si>
-    <t>#79 Darryl Wyman - RG</t>
+    <t>#69 Darryl Wyman - RG</t>
   </si>
   <si>
     <t>#78 William Kuhn - RT</t>
   </si>
   <si>
     <t>#99 Kenneth Miles - LDE</t>
   </si>
   <si>
     <t>#91 Stephen Allison - DT</t>
   </si>
   <si>
     <t>#56 Timothy Stell - DT</t>
   </si>
   <si>
     <t>#77 Bradley Finley - RDE</t>
   </si>
   <si>
     <t>#4 Robert Marquez - SLB</t>
   </si>
   <si>
     <t>#57 Michael McConnell - MLB</t>
   </si>
   <si>
     <t>12:05</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>2-6-NEC 35 (12:04) 9-Alonzo Gibson pass complete to 35-Charles Lyons to MTG 28 for 37 yards. Tackle by 42-Abel Harris. Great move by 35-Charles Lyons to get free of his coverage.</t>
   </si>
   <si>
-    <t>#81 Joseph Reyes - TE</t>
+    <t>#81 Joseph Reyes - FB</t>
   </si>
   <si>
     <t>11:25</t>
   </si>
   <si>
     <t>MTG 28</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>1-10-MTG 28 (11:24) 9-Alonzo Gibson pass complete to 19-Todd Pilon to MTG 24 for 4 yards. Tackle by 40-Kerry Moreno.</t>
   </si>
   <si>
-    <t>#30 Paul McGuire - RB</t>
-[...2 lines deleted...]
-    <t>#33 Paul Bogle - RB</t>
+    <t>#30 Paul McGuire - WR</t>
+  </si>
+  <si>
+    <t>#33 Paul Bogle - WR</t>
   </si>
   <si>
     <t>#13 Victor Waite - WR</t>
   </si>
   <si>
     <t>#19 Todd Pilon - WR</t>
   </si>
   <si>
-    <t>#63 Matthew Evatt - LT</t>
+    <t>#63 Matthew Evatt - RG</t>
   </si>
   <si>
     <t>#65 Carl Martinez - LG</t>
   </si>
   <si>
     <t>#62 Raymond Miller - C</t>
   </si>
   <si>
-    <t>#77 Harold Bedwell - RG</t>
+    <t>#77 Harold Bedwell - LT</t>
   </si>
   <si>
     <t>#55 Ross Taylor - DT</t>
   </si>
   <si>
     <t>#97 Steven Oliver - RDE</t>
   </si>
   <si>
     <t>#51 Samuel Valenzuela - SLB</t>
   </si>
   <si>
     <t>#50 Harry Ferrari - MLB</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>2-6-MTG 24 (10:49) 30-Paul McGuire ran to MTG 24 for a short loss. Tackle by 46-Dustin Field.</t>
   </si>
   <si>
-    <t>#38 William Bonomo - RB</t>
+    <t>#88 William Bonomo - FB</t>
   </si>
   <si>
     <t>10:12</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>3-6-MTG 24 (10:11) 9-Alonzo Gibson pass Pass knocked down by 42-Abel Harris. incomplete, intended for 19-Todd Pilon.</t>
   </si>
   <si>
     <t>10:07</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-6-MTG 24 (10:08) 3-Bradley Brendle 41 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
@@ -1100,51 +1100,51 @@
   <si>
     <t>2-2-MTG 14 (9:37) 16-Felix Hund ran to MTG 12 for -2 yards. Tackle by 96-Daniel Hummel.</t>
   </si>
   <si>
     <t>#83 Carlton Bevis - TE</t>
   </si>
   <si>
     <t>9:02</t>
   </si>
   <si>
     <t>MTG 12</t>
   </si>
   <si>
     <t>3-5-MTG 12 (9:01) 38-Norman Romero ran to MTG 16 for 4 yards. Tackle by 28-Kenneth Stephenson.</t>
   </si>
   <si>
     <t>8:24</t>
   </si>
   <si>
     <t>MTG 16</t>
   </si>
   <si>
     <t>4-1-MTG 16 (8:23) 15-Alexander Perry punts 50 yards to NEC 34.</t>
   </si>
   <si>
-    <t>#92 Jimmie Eldridge - RDE</t>
+    <t>#92 Jimmie Eldridge - WLB</t>
   </si>
   <si>
     <t>8:12</t>
   </si>
   <si>
     <t>NEC 34</t>
   </si>
   <si>
     <t>1-10-NEC 34 (8:13) 9-Alonzo Gibson pass complete to 14-Michael Huffman to NEC 36 for 2 yards. Tackle by 59-Eric Brand.</t>
   </si>
   <si>
     <t>7:38</t>
   </si>
   <si>
     <t>NEC 36</t>
   </si>
   <si>
     <t>2-8-NEC 36 (7:37) 9-Alonzo Gibson sacked at NEC 28 for -8 yards (4-Robert Marquez)</t>
   </si>
   <si>
     <t>6:56</t>
   </si>
   <si>
     <t>3-16-NEC 28 (6:55) 35-Charles Lyons ran to NEC 28 for a short gain. Tackle by 59-Eric Brand.</t>
   </si>
@@ -2328,95 +2328,95 @@
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="405.758" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="37" max="37" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="39" max="39" width="35.277" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="45" max="45" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="53" max="53" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="75" max="75" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="75" max="75" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="79" max="79" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>