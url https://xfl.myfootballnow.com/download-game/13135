--- v0 (2025-12-16)
+++ v1 (2026-01-09)
@@ -539,51 +539,51 @@
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-HOU 9 (10:38) 44-Joshua Walker ran to HOU 11 for 2 yards. Tackle by 41-Norman Maxwell.</t>
   </si>
   <si>
     <t>#22 John Carlson - QB</t>
   </si>
   <si>
     <t>#44 Joshua Walker - RB</t>
   </si>
   <si>
     <t>#37 Scott Reeves - RB</t>
   </si>
   <si>
     <t>#46 William Jenkins - FB</t>
   </si>
   <si>
     <t>#86 Troy Hahn - TE</t>
   </si>
   <si>
-    <t>#49 Dane Motter - TE</t>
+    <t>#49 Dane Motter - FB</t>
   </si>
   <si>
     <t>#74 Jessie York - LT</t>
   </si>
   <si>
     <t>#61 Daniel Stevenson - LG</t>
   </si>
   <si>
     <t>#78 William Martin - C</t>
   </si>
   <si>
     <t>#66 Gary Grajeda - RG</t>
   </si>
   <si>
     <t>#79 Alan Lowe - RT</t>
   </si>
   <si>
     <t>#96 Nathan Cowie - LDE</t>
   </si>
   <si>
     <t>#76 Micheal Steinman - DT</t>
   </si>
   <si>
     <t>#58 Tanner Gaffney - DT</t>
   </si>
@@ -650,51 +650,51 @@
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>3-8-HOU 25 (7:24) 44-Joshua Walker ran to HOU 31 for 6 yards. Tackle by 34-Ronald Knox. CIN 39-Everett Saucedo was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>6:46</t>
   </si>
   <si>
     <t>HOU 31</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-HOU 31 (6:45) 1-Arthur Beverage punts 56 yards to CIN 14.</t>
   </si>
   <si>
     <t>#1 Arthur Beverage - P</t>
   </si>
   <si>
-    <t>#69 William Hunt - LG</t>
+    <t>#71 William Hunt - LT</t>
   </si>
   <si>
     <t>#38 Roderick Dillard - CB</t>
   </si>
   <si>
     <t>6:34</t>
   </si>
   <si>
     <t>CIN 14</t>
   </si>
   <si>
     <t>Strong I Big TE Post</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-CIN 14 (6:35) 8-Damion Miranda pass complete to 85-Stanley Post for 86 yards. TOUCHDOWN! HOU 99-Andrew Harrington was injured on the play. He looks like he should be able to return. CIN 6 HOU 0</t>
   </si>
   <si>
     <t>6:21</t>
   </si>
   <si>
     <t>HOU 2</t>
   </si>