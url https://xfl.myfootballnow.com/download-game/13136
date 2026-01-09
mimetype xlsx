--- v0 (2025-12-16)
+++ v1 (2026-01-09)
@@ -458,93 +458,93 @@
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>3-18-PRI 28 (13:41) 15-Patrick Dixon pass incomplete, dropped by 37-Russell Feldman.</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-18-PRI 28 (13:38) 2-Daniel Moore punts 49 yards to TEX 23. Fair Catch by 28-Frederick Ward.</t>
   </si>
   <si>
     <t>#2 Daniel Moore - P</t>
   </si>
   <si>
-    <t>#28 Frederick Ward - WR</t>
+    <t>#89 Frederick Ward - TE</t>
   </si>
   <si>
     <t>#54 Clarence Raap - CB</t>
   </si>
   <si>
     <t>#47 Jeremy Walker - SS</t>
   </si>
   <si>
-    <t>#87 Roger Rodriguez - WR</t>
+    <t>#36 Roger Rodriguez - RB</t>
   </si>
   <si>
     <t>#61 Bryon Poirier - RG</t>
   </si>
   <si>
     <t>#63 Roland Switzer - RG</t>
   </si>
   <si>
     <t>#52 Gerard Smith - RT</t>
   </si>
   <si>
     <t>#8 William Holley - WR</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>TEX 23</t>
   </si>
   <si>
     <t>Split Backs 3 Wide RB Curls</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-TEX 23 (13:31) 9-Steven Parent sacked at TEX 15 for -9 yards (74-John Leber). Sack allowed by 63-Charles Jones. 63-Charles Jones completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>#9 Steven Parent - QB</t>
   </si>
   <si>
-    <t>#14 Van McComb - WR</t>
+    <t>#13 Van McComb - WR</t>
   </si>
   <si>
     <t>#42 Michael Gray - RB</t>
   </si>
   <si>
     <t>#46 Ricardo Bushway - WR</t>
   </si>
   <si>
     <t>#80 Daniel Allen - WR</t>
   </si>
   <si>
     <t>#93 Thomas Epps - LT</t>
   </si>
   <si>
     <t>#62 Larry Ballard - LG</t>
   </si>
   <si>
     <t>#70 Joseph Ashby - C</t>
   </si>
   <si>
     <t>#66 Ralph Gass - LG</t>
   </si>
   <si>
     <t>#63 Charles Jones - RT</t>
   </si>
@@ -581,51 +581,51 @@
   <si>
     <t>12:44</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>3-19-TEX 15 (12:45) 9-Steven Parent pass Pass knocked down by 4-Scott Perez. incomplete, intended for 85-Anthony Snyder.</t>
   </si>
   <si>
     <t>#60 Bruce Lujan - RG</t>
   </si>
   <si>
     <t>12:41</t>
   </si>
   <si>
     <t>4-19-TEX 15 (12:42) 18-Donald Howery punts 56 yards to PRI 29.</t>
   </si>
   <si>
     <t>#18 Donald Howery - P</t>
   </si>
   <si>
-    <t>#86 Dana Earley - WR</t>
+    <t>#22 Dana Earley - RB</t>
   </si>
   <si>
     <t>#81 Damien Jones - WR</t>
   </si>
   <si>
     <t>#74 Steven Hayes - LT</t>
   </si>
   <si>
     <t>#72 Billy Garrick - RDE</t>
   </si>
   <si>
     <t>12:33</t>
   </si>
   <si>
     <t>PRI 29</t>
   </si>
   <si>
     <t>Strong I Big TE Post</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Blitz</t>
   </si>
   <si>
     <t>1-10-PRI 29 (12:34) 15-Patrick Dixon pass complete to 42-Timothy Menendez to PRI 40 for 10 yards. Tackle by 56-Enrique Murray.</t>
   </si>