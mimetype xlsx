--- v0 (2025-12-16)
+++ v1 (2026-01-09)
@@ -362,267 +362,267 @@
   <si>
     <t>#28 Mark Daub - RB</t>
   </si>
   <si>
     <t>#80 Richard Dunn - TE</t>
   </si>
   <si>
     <t>#85 Ronald Anderson - WR</t>
   </si>
   <si>
     <t>#69 Ryan Cormack - LT</t>
   </si>
   <si>
     <t>#64 Jason Davis - LG</t>
   </si>
   <si>
     <t>#71 David Noble - C</t>
   </si>
   <si>
     <t>#68 Charles Jones - RG</t>
   </si>
   <si>
     <t>#77 Rodney Webster - RT</t>
   </si>
   <si>
-    <t>#94 Norman Gates - LDE</t>
+    <t>#94 Norman Gates - SS</t>
   </si>
   <si>
     <t>#97 Ray Higgins - DT</t>
   </si>
   <si>
     <t>#99 Ted Soto - DT</t>
   </si>
   <si>
-    <t>#96 Daniel Hummel - RDE</t>
-[...11 lines deleted...]
-    <t>#56 Ruben Kipp - MLB</t>
+    <t>#96 Daniel Hummel - WLB</t>
+  </si>
+  <si>
+    <t>#92 Jimmie Eldridge - WLB</t>
+  </si>
+  <si>
+    <t>#55 George Roberts - FS</t>
+  </si>
+  <si>
+    <t>#57 Bradley Moore - FS</t>
+  </si>
+  <si>
+    <t>#56 Ruben Kipp - FS</t>
   </si>
   <si>
     <t>#23 Jose Brooks - CB</t>
   </si>
   <si>
     <t>#28 Kenneth Stephenson - CB</t>
   </si>
   <si>
-    <t>#51 Lawrence Hutchinson - MLB</t>
+    <t>#51 Lawrence Hutchinson - FS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-10-RAR 25 (14:58) 11-Jose Ho ran to RAR 23 for -2 yards. Tackle by 56-Ruben Kipp.</t>
   </si>
   <si>
-    <t>#93 Scott Carmack - LDE</t>
+    <t>#93 Scott Carmack - SS</t>
   </si>
   <si>
     <t>#99 Jose Snyder - DT</t>
   </si>
   <si>
-    <t>#50 Dale Williams - MLB</t>
+    <t>#50 Dale Williams - FS</t>
   </si>
   <si>
     <t>#27 William Fernandez - CB</t>
   </si>
   <si>
     <t>#26 Matthew Lopez - CB</t>
   </si>
   <si>
     <t>#24 Ralph Witham - CB</t>
   </si>
   <si>
     <t>#29 Vincent Watson - CB</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>RAR 23</t>
   </si>
   <si>
     <t>Shotgun Normal Post Flags</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>3-12-RAR 23 (14:24) 9-James Miller pass Pass knocked down by 28-Kenneth Stephenson. incomplete, intended for 80-Richard Dunn.</t>
   </si>
   <si>
     <t>#26 Dennis Charles - WR</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-12-RAR 23 (14:21) 13-Charlie Martinez punts 48 yards to NEC 29. 35-Charles Lyons to NEC 39 for 10 yards. Tackle by 52-Willie Ogden. RAR 60-George Everett was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#13 Charlie Martinez - P</t>
   </si>
   <si>
-    <t>#35 Charles Lyons - RB</t>
+    <t>#35 Charles Lyons - WR</t>
   </si>
   <si>
     <t>#81 Brandon Meaney - TE</t>
   </si>
   <si>
     <t>#60 George Everett - LT</t>
   </si>
   <si>
     <t>#54 Ruben Saucedo - LG</t>
   </si>
   <si>
     <t>14:11</t>
   </si>
   <si>
     <t>NEC 39</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-NEC 39 (14:12) 9-Alonzo Gibson pass complete to 19-Todd Pilon to NEC 48 for 9 yards. Tackle by 6-Wilburn Gray.</t>
   </si>
   <si>
     <t>#9 Alonzo Gibson - QB</t>
   </si>
   <si>
-    <t>#30 Paul McGuire - RB</t>
-[...2 lines deleted...]
-    <t>#46 Clifford Simmons - FB</t>
+    <t>#30 Paul McGuire - WR</t>
+  </si>
+  <si>
+    <t>#86 Clifford Simmons - FB</t>
   </si>
   <si>
     <t>#17 Robert Cupp - WR</t>
   </si>
   <si>
     <t>#19 Todd Pilon - WR</t>
   </si>
   <si>
     <t>#14 Michael Huffman - WR</t>
   </si>
   <si>
-    <t>#67 Matthew Patterson - LT</t>
+    <t>#76 Matthew Patterson - LT</t>
   </si>
   <si>
     <t>#66 Albert Scott - LG</t>
   </si>
   <si>
     <t>#60 Vincent Hagedorn - C</t>
   </si>
   <si>
-    <t>#79 Darryl Wyman - RG</t>
+    <t>#69 Darryl Wyman - RG</t>
   </si>
   <si>
     <t>#78 William Kuhn - RT</t>
   </si>
   <si>
     <t>#8 Bernard Roberts - LDE</t>
   </si>
   <si>
     <t>#94 David Bumpers - DT</t>
   </si>
   <si>
     <t>#39 James Sanders - CB</t>
   </si>
   <si>
     <t>#6 Wilburn Gray - CB</t>
   </si>
   <si>
     <t>#49 Daniel Atwater - SS</t>
   </si>
   <si>
     <t>#33 Eugene Hulme - FS</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>NEC 48</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>2-1-NEC 48 (13:38) 9-Alonzo Gibson sacked at NEC 40 for -8 yards (8-Bernard Roberts). Sack allowed by 78-William Kuhn.</t>
   </si>
   <si>
-    <t>#81 Joseph Reyes - TE</t>
+    <t>#81 Joseph Reyes - FB</t>
   </si>
   <si>
     <t>13:05</t>
   </si>
   <si>
     <t>NEC 40</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>3-9-NEC 40 (13:04) 9-Alonzo Gibson pass Pass knocked down by 39-James Sanders. incomplete, intended for 19-Todd Pilon.</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>4-9-NEC 40 (13:01) 1-Fred Duquette punts 49 yards to RAR 11. 18-Michael Lam to RAR 13 for 3 yards. Tackle by 23-Jose Brooks. NEC 63-Matthew Evatt was injured on the play. He looks like he should be able to return. PENALTY - Offsides (RAR 92-Richard Vanbuskirk) (Declined)</t>
   </si>
   <si>
     <t>#1 Fred Duquette - P</t>
   </si>
   <si>
-    <t>#63 Matthew Evatt - LT</t>
+    <t>#63 Matthew Evatt - RG</t>
   </si>
   <si>
     <t>#18 Michael Lam - WR</t>
   </si>
   <si>
     <t>#13 Victor Waite - WR</t>
   </si>
   <si>
     <t>#62 Raymond Miller - C</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>RAR 13</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-RAR 13 (12:54) 11-Jose Ho ran to RAR 14 for a short gain. Tackle by 57-Bradley Moore.</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
@@ -665,51 +665,51 @@
   <si>
     <t>11:57</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>2-10-NEC 42 (11:58) 9-Alonzo Gibson pass complete to 17-Robert Cupp to RAR 49 for 9 yards. Tackle by 41-Noel Miller.</t>
   </si>
   <si>
     <t>11:21</t>
   </si>
   <si>
     <t>RAR 49</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>3-1-RAR 49 (11:20) 9-Alonzo Gibson pass complete to 81-Joseph Reyes to RAR 45 for 4 yards. Tackle by 39-James Sanders. 81-Joseph Reyes made a great move on the CB.</t>
   </si>
   <si>
-    <t>#33 Paul Bogle - RB</t>
+    <t>#33 Paul Bogle - WR</t>
   </si>
   <si>
     <t>10:39</t>
   </si>
   <si>
     <t>RAR 45</t>
   </si>
   <si>
     <t>1-10-RAR 45 (10:38) 9-Alonzo Gibson pass complete to 46-Clifford Simmons to RAR 39 for 5 yards. Tackle by 55-Dean Sims.</t>
   </si>
   <si>
     <t>9:59</t>
   </si>
   <si>
     <t>RAR 39</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>2-5-RAR 39 (9:58) 35-Charles Lyons ran to RAR 38 for 2 yards. Tackle by 92-Richard Vanbuskirk.</t>
   </si>
   <si>
     <t>9:21</t>
   </si>
@@ -1121,51 +1121,51 @@
   <si>
     <t>2-11-RAR 46 (7:46) 9-James Miller pass complete to 80-Richard Dunn to NEC 49 for 5 yards. Tackle by 23-Jose Brooks.</t>
   </si>
   <si>
     <t>7:04</t>
   </si>
   <si>
     <t>NEC 49</t>
   </si>
   <si>
     <t>3-6-NEC 49 (7:03) 9-James Miller pass INTERCEPTED by 27-William Fernandez at NEC 42. 27-William Fernandez to NEC 42 for -0 yards. Tackle by 80-Richard Dunn. 27-William Fernandez got away with a hold on that play.</t>
   </si>
   <si>
     <t>6:59</t>
   </si>
   <si>
     <t>1-10-NEC 42 (7:00) 9-Alonzo Gibson pass Pass knocked down by 55-Dean Sims. incomplete, intended for 46-Clifford Simmons. Pressure by 56-Michael Ley.</t>
   </si>
   <si>
     <t>6:53</t>
   </si>
   <si>
     <t>2-10-NEC 42 (6:54) 9-Alonzo Gibson pass complete to 81-Joseph Reyes to RAR 49 for 9 yards. Tackle by 39-James Sanders.</t>
   </si>
   <si>
-    <t>#38 William Bonomo - RB</t>
+    <t>#88 William Bonomo - FB</t>
   </si>
   <si>
     <t>6:18</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>3-1-RAR 49 (6:17) 30-Paul McGuire ran to RAR 42 for 7 yards. Tackle by 94-David Bumpers.</t>
   </si>
   <si>
     <t>5:31</t>
   </si>
   <si>
     <t>1-10-RAR 42 (5:30) 9-Alonzo Gibson pass complete to 19-Todd Pilon to RAR 36 for 6 yards. Tackle by 6-Wilburn Gray.</t>
   </si>
   <si>
     <t>RAR 36</t>
   </si>
   <si>
     <t>2-4-RAR 36 (4:57) 9-Alonzo Gibson pass Pass knocked down by 98-Robert Lynch. incomplete, intended for 81-Joseph Reyes. NEC 66-Albert Scott was injured on the play. He looks like he should be able to return. PENALTY - Holding (NEC 60-Vincent Hagedorn)</t>
   </si>
   <si>
     <t>4:54</t>
   </si>
@@ -2241,89 +2241,89 @@
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="380.907" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="37" max="37" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="41" max="41" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="45" max="45" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>