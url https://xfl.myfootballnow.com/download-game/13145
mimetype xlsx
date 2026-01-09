--- v0 (2025-12-16)
+++ v1 (2026-01-09)
@@ -344,51 +344,51 @@
   <si>
     <t>HOU 25</t>
   </si>
   <si>
     <t>Weak I Big TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-HOU 25 (15:00) 3-Mark Smith pass complete to 48-Julius Arterburn to HOU 29 for 4 yards. Tackle by 51-Jose Jarvis.</t>
   </si>
   <si>
     <t>#3 Mark Smith - QB</t>
   </si>
   <si>
     <t>#48 Julius Arterburn - RB</t>
   </si>
   <si>
     <t>#46 William Jenkins - FB</t>
   </si>
   <si>
     <t>#86 Troy Hahn - TE</t>
   </si>
   <si>
-    <t>#49 Dane Motter - TE</t>
+    <t>#49 Dane Motter - FB</t>
   </si>
   <si>
     <t>#81 Kerry Fisher - WR</t>
   </si>
   <si>
     <t>#74 Jessie York - LT</t>
   </si>
   <si>
     <t>#61 Daniel Stevenson - LG</t>
   </si>
   <si>
     <t>#78 William Martin - C</t>
   </si>
   <si>
     <t>#66 Gary Grajeda - RG</t>
   </si>
   <si>
     <t>#79 Alan Lowe - RT</t>
   </si>
   <si>
     <t>#91 Glen Holthaus - LDE</t>
   </si>
   <si>
     <t>#74 Richard Kirkland - LDE</t>
   </si>
@@ -479,51 +479,51 @@
   <si>
     <t>3-16-HOU 19 (14:19) 3-Mark Smith pass complete to 12-Renato Harris to HOU 30 for 11 yards. Tackle by 28-Jerry Beyer.</t>
   </si>
   <si>
     <t>13:43</t>
   </si>
   <si>
     <t>HOU 30</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-HOU 30 (13:42) 1-Arthur Beverage punts 49 yards to CAR 20. Fair Catch by 20-Edward Ahner.</t>
   </si>
   <si>
     <t>#1 Arthur Beverage - P</t>
   </si>
   <si>
     <t>#20 Edward Ahner - RB</t>
   </si>
   <si>
-    <t>#69 William Hunt - LG</t>
+    <t>#71 William Hunt - LT</t>
   </si>
   <si>
     <t>#54 Walter Hughes - LDE</t>
   </si>
   <si>
     <t>#70 Todd Courtemanche - RDE</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>CAR 20</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-CAR 20 (13:35) 13-Charles James pass Pass knocked down by 30-David Ponce. incomplete, intended for 15-Tony Dillon. PENALTY - Offsides (HOU 63-Jeff Donald)</t>
   </si>
   <si>
     <t>#13 Charles James - QB</t>
   </si>