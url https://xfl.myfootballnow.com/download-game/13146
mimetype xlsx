--- v0 (2025-12-16)
+++ v1 (2026-01-09)
@@ -455,51 +455,51 @@
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>3-5-TOR 30 (13:30) 5-Mark Guevara pass complete to 1-Bobby Cheatwood to TOR 32 for 1 yards. Tackle by 30-Ali Claypool.</t>
   </si>
   <si>
     <t>#48 Walter Adams - FB</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>TOR 32</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-3-TOR 32 (12:50) 10-David Medina punts 44 yards to PIT 24. Fair Catch by 19-Daniel Slayden.</t>
   </si>
   <si>
-    <t>#10 David Medina - P</t>
+    <t>#4 David Medina - P</t>
   </si>
   <si>
     <t>#74 Roland Wood - LT</t>
   </si>
   <si>
     <t>#19 Daniel Slayden - WR</t>
   </si>
   <si>
     <t>#57 Jeremy Hurley - WLB</t>
   </si>
   <si>
     <t>#53 Gary Seibert - C</t>
   </si>
   <si>
     <t>#96 David Straub - RDE</t>
   </si>
   <si>
     <t>12:43</t>
   </si>
   <si>
     <t>PIT 24</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
@@ -2166,51 +2166,51 @@
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>