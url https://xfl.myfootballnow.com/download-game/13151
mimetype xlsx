--- v0 (2025-12-16)
+++ v1 (2026-01-09)
@@ -284,75 +284,75 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>DAY has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>DAK</t>
   </si>
   <si>
     <t>DAK 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 14-Michael Cohen kicks 71 yards from DAK 35 to DAY -6. Touchback.</t>
   </si>
   <si>
     <t>#11 Devin Valles - WR</t>
   </si>
   <si>
-    <t>#87 Enrique Pierce - C</t>
+    <t>#87 Enrique Pierce - WR</t>
   </si>
   <si>
     <t>#68 Edward Campbell - C</t>
   </si>
   <si>
     <t>#39 Sean Kolb - RB</t>
   </si>
   <si>
     <t>#52 Terry Swanson - C</t>
   </si>
   <si>
-    <t>#67 Daniel Powell - RG</t>
+    <t>#67 Daniel Powell - RT</t>
   </si>
   <si>
     <t>#77 Jack Stone - C</t>
   </si>
   <si>
     <t>#86 Joseph Hearn - C</t>
   </si>
   <si>
     <t>#16 Billy Hood - WR</t>
   </si>
   <si>
-    <t>#10 Scott Rodriquez - C</t>
+    <t>#10 Scott Rodriquez - WR</t>
   </si>
   <si>
     <t>#57 Robert Cortez - C</t>
   </si>
   <si>
     <t>#14 Michael Cohen - K</t>
   </si>
   <si>
     <t>DAY</t>
   </si>
   <si>
     <t>DAY 25</t>
   </si>
   <si>
     <t>Strong I Big TE Post</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-DAY 25 (15:00) 9-Matthew Powers sacked at DAY 17 for -8 yards (94-Jonathan Curry)</t>
   </si>
   <si>
     <t>#9 Matthew Powers - QB</t>
   </si>
@@ -455,108 +455,108 @@
   <si>
     <t>#18 Thomas Houston - WR</t>
   </si>
   <si>
     <t>#66 Gene Perez - LT</t>
   </si>
   <si>
     <t>#47 Corey Martinez - LG</t>
   </si>
   <si>
     <t>#69 Marcus Love - C</t>
   </si>
   <si>
     <t>#63 Richard Carroll - RG</t>
   </si>
   <si>
     <t>#79 Bryant Minick - RT</t>
   </si>
   <si>
     <t>#91 William Bridwell - LDE</t>
   </si>
   <si>
     <t>#72 William Apple - MLB</t>
   </si>
   <si>
-    <t>#33 John Baines - DT</t>
+    <t>#33 John Baines - MLB</t>
   </si>
   <si>
     <t>#79 Michael Tucker - WLB</t>
   </si>
   <si>
     <t>#93 Rene Johnson - WLB</t>
   </si>
   <si>
-    <t>#41 John Branch - RDE</t>
+    <t>#41 John Branch - CB</t>
   </si>
   <si>
     <t>#59 Alex Schmidt - SLB</t>
   </si>
   <si>
     <t>#31 Brian Murphy - CB</t>
   </si>
   <si>
     <t>#22 Curtis McKenna - CB</t>
   </si>
   <si>
     <t>#37 Jerry Santibanez - CB</t>
   </si>
   <si>
     <t>#25 Carl Parramore - CB</t>
   </si>
   <si>
     <t>13:04</t>
   </si>
   <si>
     <t>DAY 12</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>2-5-DAY 12 (13:03) 10-Frank Crane pass complete to 19-David Obando to DAY 14 for -2 yards. Tackle by 93-Rene Johnson.</t>
   </si>
   <si>
     <t>12:30</t>
   </si>
   <si>
     <t>DAY 14</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>3-7-DAY 14 (12:29) 11-Smurf Murphy ran to DAY 11 for 3 yards. Tackle by 93-Rene Johnson. DAY 91-William Bridwell was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#88 Steve Magno - WR</t>
   </si>
   <si>
-    <t>#28 Donald Michael - RDE</t>
+    <t>#28 Donald Michael - CB</t>
   </si>
   <si>
     <t>11:54</t>
   </si>
   <si>
     <t>DAY 11</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-4-DAY 11 (11:53) 14-Michael Cohen 29 yard field goal is NO GOOD. (Wide Left) DAK 67-Earl Smith was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#12 Robert McClendon - P</t>
   </si>
   <si>
     <t>#67 Earl Smith - RT</t>
   </si>
   <si>
     <t>#53 Timothy Nichols - C</t>
   </si>
@@ -758,51 +758,51 @@
   <si>
     <t>DAY 0</t>
   </si>
   <si>
     <t>2-1-DAY 0 (7:39) 10-Frank Crane sacked at DAY 10 for -10 yards (91-William Bridwell). Sack allowed by 79-Bryant Minick.</t>
   </si>
   <si>
     <t>7:36</t>
   </si>
   <si>
     <t>Timeout DAK</t>
   </si>
   <si>
     <t>6:53</t>
   </si>
   <si>
     <t>DAY 10</t>
   </si>
   <si>
     <t>Dime Flat MLB SS Blitz</t>
   </si>
   <si>
     <t>3-10-DAY 10 (6:54) 10-Frank Crane pass Pass knocked down by 47-Derrick Pinson. incomplete, intended for 19-David Obando. PENALTY - Pass Interference (DAY 47-Derrick Pinson)</t>
   </si>
   <si>
-    <t>#58 John Caudill - CB</t>
+    <t>#58 John Caudill - FS</t>
   </si>
   <si>
     <t>6:48</t>
   </si>
   <si>
     <t>DAY 1</t>
   </si>
   <si>
     <t>1-1-DAY 1 (6:49) 10-Frank Crane sacked at DAY 7 for -6 yards (93-Rene Johnson)</t>
   </si>
   <si>
     <t>6:16</t>
   </si>
   <si>
     <t>DAY 7</t>
   </si>
   <si>
     <t>2-7-DAY 7 (6:15) 11-Smurf Murphy ran to DAY 3 for 4 yards. Tackle by 41-John Branch.</t>
   </si>
   <si>
     <t>5:30</t>
   </si>
   <si>
     <t>DAY 3</t>
   </si>
@@ -2280,93 +2280,93 @@
   <dimension ref="A1:CD191"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="346.773" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">