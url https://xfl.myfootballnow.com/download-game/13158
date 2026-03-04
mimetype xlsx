--- v0 (2025-12-16)
+++ v1 (2026-03-04)
@@ -290,171 +290,171 @@
   <si>
     <t>RAR</t>
   </si>
   <si>
     <t>RAR 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-Joel Torres kicks 74 yards from RAR 35 to SPP -9. Touchback.</t>
   </si>
   <si>
     <t>#82 Mark Turner - TE</t>
   </si>
   <si>
     <t>#99 Robert Huggins - WLB</t>
   </si>
   <si>
     <t>#45 Joel Whitcomb - CB</t>
   </si>
   <si>
-    <t>#28 Adam Beiler - FS</t>
-[...2 lines deleted...]
-    <t>#44 Wilfredo Essex - WLB</t>
+    <t>#47 Adam Beiler - FS</t>
+  </si>
+  <si>
+    <t>#93 Wilfredo Essex - WLB</t>
   </si>
   <si>
     <t>#66 Tyler Raney - RDE</t>
   </si>
   <si>
-    <t>#96 Scott Stuart - DT</t>
+    <t>#52 Scott Stuart - DT</t>
   </si>
   <si>
     <t>#74 Christopher Chang - LDE</t>
   </si>
   <si>
     <t>#31 Eugene Stiffler - CB</t>
   </si>
   <si>
     <t>#57 Steve Williams - WLB</t>
   </si>
   <si>
-    <t>#71 Robert Manzo - DT</t>
+    <t>#97 Robert Manzo - LDE</t>
   </si>
   <si>
     <t>#17 Joel Torres - K</t>
   </si>
   <si>
     <t>SPP</t>
   </si>
   <si>
     <t>SPP 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-SPP 25 (15:00) 13-Calvin Davis ran to SPP 24 for -1 yards. Tackle by 47-John Huerta.</t>
   </si>
   <si>
     <t>#18 Jerry Boone - QB</t>
   </si>
   <si>
     <t>#13 Calvin Davis - RB</t>
   </si>
   <si>
     <t>#21 Patrick Brayton - RB</t>
   </si>
   <si>
     <t>#33 Randall Combs - FB</t>
   </si>
   <si>
     <t>#83 Steven Bauman - TE</t>
   </si>
   <si>
-    <t>#61 Steve Daigle - LT</t>
+    <t>#68 Steve Daigle - LT</t>
   </si>
   <si>
     <t>#60 William Franco - LG</t>
   </si>
   <si>
     <t>#76 Arturo Houle - C</t>
   </si>
   <si>
     <t>#73 Lester Curry - RG</t>
   </si>
   <si>
     <t>#65 Fred Hubbs - RT</t>
   </si>
   <si>
-    <t>#91 Walter Rivers - LDE</t>
+    <t>#98 Walter Rivers - LDE</t>
   </si>
   <si>
     <t>#79 Erik Hernandez - RDE</t>
   </si>
   <si>
     <t>#92 Richard Vanbuskirk - DT</t>
   </si>
   <si>
     <t>#94 David Bumpers - DT</t>
   </si>
   <si>
     <t>#56 Michael Ley - RDE</t>
   </si>
   <si>
-    <t>#52 Willie Ogden - SLB</t>
+    <t>#52 Willie Ogden - WLB</t>
   </si>
   <si>
     <t>#47 John Huerta - MLB</t>
   </si>
   <si>
     <t>#55 Dean Sims - WLB</t>
   </si>
   <si>
     <t>#41 Noel Miller - CB</t>
   </si>
   <si>
     <t>#39 James Sanders - CB</t>
   </si>
   <si>
     <t>#49 Daniel Atwater - SS</t>
   </si>
   <si>
     <t>14:28</t>
   </si>
   <si>
     <t>SPP 24</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>2-11-SPP 24 (14:27) 13-Calvin Davis ran to SPP 35 for 11 yards. Tackle by 49-Daniel Atwater.</t>
   </si>
   <si>
-    <t>#80 John Webb - WR</t>
+    <t>#81 John Webb - WR</t>
   </si>
   <si>
     <t>#86 Marvin Sword - WR</t>
   </si>
   <si>
     <t>#33 Eugene Hulme - FS</t>
   </si>
   <si>
     <t>13:52</t>
   </si>
   <si>
     <t>SPP 35</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-SPP 35 (13:51) 13-Calvin Davis ran to SPP 36 for a short gain. Tackle by 47-John Huerta.</t>
   </si>
   <si>
     <t>13:10</t>
   </si>
@@ -491,123 +491,123 @@
   <si>
     <t>#6 Wilburn Gray - CB</t>
   </si>
   <si>
     <t>11:40</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-9-SPP 36 (11:39) 6-Brandon Huffman punts 46 yards to RAR 18.</t>
   </si>
   <si>
     <t>#6 Brandon Huffman - P</t>
   </si>
   <si>
     <t>#18 Michael Lam - WR</t>
   </si>
   <si>
     <t>#98 Robert Lynch - MLB</t>
   </si>
   <si>
-    <t>#67 Glenn Heath - RG</t>
+    <t>#50 Glenn Heath - RG</t>
   </si>
   <si>
     <t>#77 Willard Downing - LT</t>
   </si>
   <si>
     <t>11:28</t>
   </si>
   <si>
     <t>RAR 18</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>3-4 Normal Zone Blitz</t>
   </si>
   <si>
     <t>1-10-RAR 18 (11:29) 9-James Miller pass Pass knocked down by 99-Robert Huggins. incomplete, intended for 11-Jose Ho.</t>
   </si>
   <si>
     <t>#9 James Miller - QB</t>
   </si>
   <si>
     <t>#11 Jose Ho - RB</t>
   </si>
   <si>
     <t>#28 Mark Daub - RB</t>
   </si>
   <si>
     <t>#80 Richard Dunn - TE</t>
   </si>
   <si>
     <t>#26 Dennis Charles - WR</t>
   </si>
   <si>
     <t>#85 Ronald Anderson - WR</t>
   </si>
   <si>
     <t>#69 Ryan Cormack - LT</t>
   </si>
   <si>
-    <t>#64 Jason Davis - LG</t>
+    <t>#64 Jason Davis - C</t>
   </si>
   <si>
     <t>#71 David Noble - C</t>
   </si>
   <si>
     <t>#68 Charles Jones - RG</t>
   </si>
   <si>
     <t>#77 Rodney Webster - RT</t>
   </si>
   <si>
-    <t>#93 Dustin Brockington - RDE</t>
+    <t>#58 Dustin Brockington - RDE</t>
   </si>
   <si>
     <t>#53 Eduardo Whisler - SLB</t>
   </si>
   <si>
-    <t>#57 Michael Gowan - MLB</t>
+    <t>#59 Michael Gowan - MLB</t>
   </si>
   <si>
     <t>#95 Cletus La - MLB</t>
   </si>
   <si>
     <t>#29 Robert Dejean - CB</t>
   </si>
   <si>
     <t>#22 Scott Ray - SS</t>
   </si>
   <si>
-    <t>#27 Kermit Lee - FS</t>
+    <t>#27 Kermit Lee - SS</t>
   </si>
   <si>
     <t>11:26</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Blitz</t>
   </si>
   <si>
     <t>2-10-RAR 18 (11:27) 9-James Miller pass complete to 80-Richard Dunn to RAR 26 for 8 yards. Tackle by 45-Joel Whitcomb.</t>
   </si>
   <si>
     <t>#54 Ruben Saucedo - LG</t>
   </si>
   <si>
     <t>10:44</t>
   </si>
   <si>
     <t>RAR 26</t>
   </si>
   <si>
     <t>3-2-RAR 26 (10:43) 9-James Miller pass complete to 80-Richard Dunn to RAR 34 for 8 yards. Tackle by 99-Robert Huggins.</t>
   </si>
@@ -986,51 +986,51 @@
   <si>
     <t>SPP 44</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>2-11-SPP 44 (10:05) (Hot Read) 18-Jerry Boone pass Pass knocked down by 41-Noel Miller. incomplete, intended for 82-Mark Turner. Pressure by 52-Willie Ogden. RAR 56-Michael Ley was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>3-11-SPP 44 (10:01) 18-Jerry Boone pass complete to 80-John Webb to SPP 48 for 3 yards. Tackle by 41-Noel Miller.</t>
   </si>
   <si>
     <t>9:22</t>
   </si>
   <si>
     <t>SPP 48</t>
   </si>
   <si>
     <t>4-8-SPP 48 (9:21) 6-Brandon Huffman punts 37 yards to RAR 15.</t>
   </si>
   <si>
-    <t>#59 Eugene Burke - WLB</t>
+    <t>#91 Eugene Burke - WLB</t>
   </si>
   <si>
     <t>9:12</t>
   </si>
   <si>
     <t>RAR 15</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-RAR 15 (9:13) 11-Jose Ho ran to RAR 25 for 10 yards. Tackle by 27-Kermit Lee.</t>
   </si>
   <si>
     <t>8:35</t>
   </si>
   <si>
     <t>RAR 25</t>
   </si>
   <si>
     <t>2-1-RAR 25 (8:34) 11-Jose Ho ran to RAR 32 for 7 yards. Tackle by 29-Robert Dejean.</t>
   </si>