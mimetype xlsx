--- v0 (2025-12-16)
+++ v1 (2026-03-04)
@@ -284,72 +284,72 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>KCY has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>VAN</t>
   </si>
   <si>
     <t>VAN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 14-Jon Weston kicks 74 yards from VAN 35 to KCY -9. Touchback.</t>
   </si>
   <si>
     <t>#46 Scott Castro - RB</t>
   </si>
   <si>
-    <t>#59 William Richards - RDE</t>
+    <t>#95 William Richards - RDE</t>
   </si>
   <si>
     <t>#37 Greg Herndon - FS</t>
   </si>
   <si>
     <t>#99 Michael Donmoyer - MLB</t>
   </si>
   <si>
     <t>#61 Ronald Church - RDE</t>
   </si>
   <si>
     <t>#44 Donald Hillard - CB</t>
   </si>
   <si>
     <t>#57 Patty Melton - WLB</t>
   </si>
   <si>
-    <t>#90 Richard Tomlinson - DT</t>
-[...2 lines deleted...]
-    <t>#30 Kenneth Romero - CB</t>
+    <t>#76 Richard Tomlinson - DT</t>
+  </si>
+  <si>
+    <t>#30 Kenneth Romero - WLB</t>
   </si>
   <si>
     <t>#26 Dennis Bishop - CB</t>
   </si>
   <si>
     <t>#50 John Sanders - DT</t>
   </si>
   <si>
     <t>#14 Jon Weston - K</t>
   </si>
   <si>
     <t>KCY</t>
   </si>
   <si>
     <t>KCY 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-KCY 25 (15:00) 4-Michael Basham pass incomplete, intended for 34-Sean Smith.</t>
   </si>
@@ -368,78 +368,78 @@
   <si>
     <t>#15 Derek Fortney - WR</t>
   </si>
   <si>
     <t>#15 Leigh Rogers - WR</t>
   </si>
   <si>
     <t>#68 Thomas Light - LT</t>
   </si>
   <si>
     <t>#72 James Britt - LG</t>
   </si>
   <si>
     <t>#74 Richard Hastings - C</t>
   </si>
   <si>
     <t>#52 Walter Connor - RG</t>
   </si>
   <si>
     <t>#54 Fred Belmonte - RG</t>
   </si>
   <si>
     <t>#60 John Cortes - LDE</t>
   </si>
   <si>
-    <t>#72 Louis Tincher - DT</t>
+    <t>#68 Louis Tincher - DT</t>
   </si>
   <si>
     <t>#50 William Whitehead - RDE</t>
   </si>
   <si>
     <t>#91 Bryan Lister - SLB</t>
   </si>
   <si>
     <t>#59 Roger Pinkney - MLB</t>
   </si>
   <si>
     <t>#45 Wilbur Patrick - WLB</t>
   </si>
   <si>
     <t>#16 Chris Hartford - CB</t>
   </si>
   <si>
     <t>#18 Gregory Johnson - CB</t>
   </si>
   <si>
     <t>#48 Sheldon Gallardo - SS</t>
   </si>
   <si>
     <t>#36 William Estrella - SS</t>
   </si>
   <si>
-    <t>#47 David Smothers - CB</t>
+    <t>#24 David Smothers - CB</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Strong Man Strong Zone Weak</t>
   </si>
   <si>
     <t>2-10-KCY 25 (14:58) 4-Michael Basham pass incomplete, intended for 36-Jose Foster.</t>
   </si>
   <si>
     <t>#32 Scott Howell - FB</t>
   </si>
   <si>
     <t>#73 Mike Dale - DT</t>
   </si>
   <si>
     <t>14:52</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
@@ -500,51 +500,51 @@
   <si>
     <t>#4 Joe Taylor - QB</t>
   </si>
   <si>
     <t>#35 Brad Wright - RB</t>
   </si>
   <si>
     <t>#33 James Monaco - RB</t>
   </si>
   <si>
     <t>#5 Kevin Rodgers - WR</t>
   </si>
   <si>
     <t>#15 William Woodward - WR</t>
   </si>
   <si>
     <t>#79 Thomas Williams - LG</t>
   </si>
   <si>
     <t>#51 Ryan Gates - LG</t>
   </si>
   <si>
     <t>#58 Joseph Fisher - C</t>
   </si>
   <si>
-    <t>#55 Benjamin Zimmerman - RG</t>
+    <t>#58 Benjamin Zimmerman - RG</t>
   </si>
   <si>
     <t>#68 Edward Leal - RT</t>
   </si>
   <si>
     <t>#97 Thomas Beach - SLB</t>
   </si>
   <si>
     <t>#59 Joseph Graham - SLB</t>
   </si>
   <si>
     <t>#45 John Moody - CB</t>
   </si>
   <si>
     <t>#33 Justin Grant - SS</t>
   </si>
   <si>
     <t>14:05</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>3-4 Normal Man QB Spy</t>
   </si>
@@ -602,84 +602,84 @@
   <si>
     <t>4-7-VAN 25 (13:25) 11-Richard Nelson punts 57 yards to KCY 18.</t>
   </si>
   <si>
     <t>#11 Richard Nelson - P</t>
   </si>
   <si>
     <t>13:14</t>
   </si>
   <si>
     <t>KCY 18</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-KCY 18 (13:15) 4-Michael Basham pass complete to 36-Jose Foster to KCY 19 for 1 yards. Tackle by 59-Roger Pinkney.</t>
   </si>
   <si>
     <t>#80 Kenneth Baird - TE</t>
   </si>
   <si>
-    <t>#98 Kevin Ortiz - SLB</t>
+    <t>#53 Kevin Ortiz - SLB</t>
   </si>
   <si>
     <t>12:38</t>
   </si>
   <si>
     <t>KCY 19</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-9-KCY 19 (12:37) 4-Michael Basham pass complete to 80-Kenneth Baird to KCY 24 for 5 yards. Tackle by 18-Gregory Johnson. PENALTY - Offsides (VAN 16-Chris Hartford)</t>
   </si>
   <si>
     <t>#41 Dallas Queen - RB</t>
   </si>
   <si>
     <t>12:33</t>
   </si>
   <si>
     <t>KCY 24</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>2-4-KCY 24 (12:34) 4-Michael Basham pass Pass knocked down by 48-Sheldon Gallardo. incomplete, intended for 15-Leigh Rogers.</t>
   </si>
   <si>
-    <t>#46 Zachary Cash - SS</t>
+    <t>#42 Zachary Cash - SS</t>
   </si>
   <si>
     <t>12:29</t>
   </si>
   <si>
     <t>Nickel Normal Cover 2</t>
   </si>
   <si>
     <t>3-4-KCY 24 (12:30) 4-Michael Basham pass incomplete, dropped by 34-Sean Smith.</t>
   </si>
   <si>
     <t>12:26</t>
   </si>
   <si>
     <t>4-4-KCY 24 (12:27) 3-Albert Bopp punts 39 yards to VAN 37. Fair Catch by 80-Craig May.</t>
   </si>
   <si>
     <t>12:20</t>
   </si>
   <si>
     <t>VAN 37</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
@@ -884,51 +884,51 @@
   <si>
     <t>KCY 2</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>1-10-KCY 2 (5:15) 4-Michael Basham pass complete to 15-Leigh Rogers for 98 yards. TOUCHDOWN! KCY 6 VAN 7</t>
   </si>
   <si>
     <t>5:01</t>
   </si>
   <si>
     <t>VAN 15</t>
   </si>
   <si>
     <t>(5:02) Extra point GOOD by 5-Nacho Keeker. KCY 7 VAN 7</t>
   </si>
   <si>
     <t>#87 Joseph Williams - WR</t>
   </si>
   <si>
     <t>#5 Nacho Keeker - K</t>
   </si>
   <si>
-    <t>#70 James Coats - LG</t>
+    <t>#70 James Coats - RG</t>
   </si>
   <si>
     <t>#70 Carl Willis - RG</t>
   </si>
   <si>
     <t>#92 Clifford Gibbs - MLB</t>
   </si>
   <si>
     <t>KCY 35</t>
   </si>
   <si>
     <t>(5:02) 5-Nacho Keeker kicks 70 yards from KCY 35 to VAN -5. Touchback.</t>
   </si>
   <si>
     <t>46 Heavy WLB Blitz</t>
   </si>
   <si>
     <t>1-10-VAN 25 (5:02) 35-Brad Wright ran to VAN 32 for 7 yards. Tackle by 33-Justin Grant.</t>
   </si>
   <si>
     <t>4:21</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>