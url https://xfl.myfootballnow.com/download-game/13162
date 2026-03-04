--- v0 (2025-12-16)
+++ v1 (2026-03-04)
@@ -341,51 +341,51 @@
   <si>
     <t>VBA</t>
   </si>
   <si>
     <t>VBA 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-VBA 25 (15:00) 12-James Poore ran to VBA 34 for 9 yards. Tackle by 3-James Rosen.</t>
   </si>
   <si>
     <t>#6 Jeffrey Lovell - QB</t>
   </si>
   <si>
     <t>#12 James Poore - WR</t>
   </si>
   <si>
     <t>#11 John Carroll - WR</t>
   </si>
   <si>
-    <t>#10 Lawrence Newcomb - WR</t>
+    <t>#86 Lawrence Newcomb - WR</t>
   </si>
   <si>
     <t>#18 Carlton Bellows - WR</t>
   </si>
   <si>
     <t>#64 Lino Runyon - LG</t>
   </si>
   <si>
     <t>#22 David Lopez - LG</t>
   </si>
   <si>
     <t>#83 Michael Walsh - LT</t>
   </si>
   <si>
     <t>#97 Jorge Adams - LDE</t>
   </si>
   <si>
     <t>#53 James Perry - DT</t>
   </si>
   <si>
     <t>#98 Nicholas Bartlow - RDE</t>
   </si>
   <si>
     <t>#2 Alvin Winer - SLB</t>
   </si>
@@ -404,51 +404,51 @@
   <si>
     <t>#20 Thomas Grant - CB</t>
   </si>
   <si>
     <t>#58 Vernon Luker - SS</t>
   </si>
   <si>
     <t>#3 James Rosen - CB</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>VBA 34</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>2-1-VBA 34 (14:16) 6-Jeffrey Lovell pass complete to 11-John Carroll to VBA 42 for 8 yards. Tackle by 47-Billy Walsh.</t>
   </si>
   <si>
-    <t>#96 Dennis Schell - DT</t>
+    <t>#92 Dennis Schell - RDE</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>VBA 42</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Zone</t>
   </si>
   <si>
     <t>1-10-VBA 42 (13:31) 6-Jeffrey Lovell pass complete to 81-John Wood to VBA 49 for 7 yards. Tackle by 97-Jorge Adams.</t>
   </si>
   <si>
     <t>12:50</t>
   </si>
   <si>
     <t>VBA 49</t>
   </si>
   <si>
     <t>I Formation Normal FB Middle</t>
   </si>
@@ -563,102 +563,102 @@
   <si>
     <t>#4 Luther McClure - WR</t>
   </si>
   <si>
     <t>#74 Jason Perry - RT</t>
   </si>
   <si>
     <t>#63 Michael Allison - LG</t>
   </si>
   <si>
     <t>#76 James Sullivan - C</t>
   </si>
   <si>
     <t>#65 Dean Whittle - RG</t>
   </si>
   <si>
     <t>#53 Nathaniel Gonzalez - RT</t>
   </si>
   <si>
     <t>#59 Ronald Willis - LDE</t>
   </si>
   <si>
     <t>#63 Bobby Foster - DT</t>
   </si>
   <si>
-    <t>#61 John Hutchings - DT</t>
+    <t>#98 John Hutchings - DT</t>
   </si>
   <si>
     <t>#74 Robert Giunta - RDE</t>
   </si>
   <si>
     <t>#90 Jerome Evans - MLB</t>
   </si>
   <si>
     <t>#42 Miguel Tavarez - SS</t>
   </si>
   <si>
     <t>#56 Jessie Corbin - MLB</t>
   </si>
   <si>
     <t>#48 George Fernandez - CB</t>
   </si>
   <si>
     <t>8:41</t>
   </si>
   <si>
     <t>SEA 30</t>
   </si>
   <si>
     <t>Singleback Slot Strong Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-14-SEA 30 (8:40) PENALTY - False Start (SEA 63-Michael Allison)</t>
   </si>
   <si>
     <t>#81 Alphonse Hyatt - TE</t>
   </si>
   <si>
     <t>8:39</t>
   </si>
   <si>
     <t>SEA 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>3-4 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-19-SEA 25 (8:40) 12-Brian Hansel pass Pass knocked down by 51-Patrick Connor. incomplete, intended for 37-Michael Cloud.</t>
   </si>
   <si>
-    <t>#58 Lane Smith - CB</t>
+    <t>#24 Lane Smith - CB</t>
   </si>
   <si>
     <t>8:36</t>
   </si>
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>3-19-SEA 25 (8:37) 12-Brian Hansel pass Pass knocked down by 90-Jerome Evans. incomplete, intended for 81-Alphonse Hyatt. PENALTY - Pass Interference (VBA 90-Jerome Evans)</t>
   </si>
   <si>
     <t>8:32</t>
   </si>
   <si>
     <t>3-4 Normal Zone Blitz</t>
   </si>
   <si>
     <t>1-10-SEA 30 (8:33) 12-Brian Hansel pass complete to 13-Reyes Vosburg to SEA 43 for 13 yards. Tackle by 51-Patrick Connor.</t>
   </si>
   <si>
     <t>7:58</t>
   </si>
@@ -2240,51 +2240,51 @@
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="59" max="59" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>