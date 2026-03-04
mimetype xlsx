--- v0 (2025-12-16)
+++ v1 (2026-03-04)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 3-William J. Drayton Jr. kicks 75 yards from PNX 35 to LAC -10. Touchback.</t>
   </si>
   <si>
     <t>#21 Aldo Bryant - RB</t>
   </si>
   <si>
     <t>#98 James Felipe - WLB</t>
   </si>
   <si>
     <t>#92 Clyde Johnson - MLB</t>
   </si>
   <si>
     <t>#22 Ivan Isom - CB</t>
   </si>
   <si>
     <t>#71 Maxwell Miller - LDE</t>
   </si>
   <si>
     <t>#3 Paul Williams - SS</t>
   </si>
   <si>
     <t>#79 Stephen Solis - LDE</t>
   </si>
   <si>
-    <t>#26 John Breen - CB</t>
+    <t>#43 John Breen - CB</t>
   </si>
   <si>
     <t>#14 Robert Wiggins - WR</t>
   </si>
   <si>
     <t>#51 Dick  Butkus - MLB</t>
   </si>
   <si>
     <t>#91 Patrick Crawford - MLB</t>
   </si>
   <si>
     <t>#3 William J. Drayton Jr. - K</t>
   </si>
   <si>
     <t>LAC</t>
   </si>
   <si>
     <t>LAC 25</t>
   </si>
   <si>
     <t>I Formation Twin WR HB Toss Weak</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
@@ -365,102 +365,102 @@
   <si>
     <t>#80 Randy Ruggles - TE</t>
   </si>
   <si>
     <t>#89 Edgar Spellman - WR</t>
   </si>
   <si>
     <t>#15 Jared Woodruff - WR</t>
   </si>
   <si>
     <t>#68 Pedro Gerke - LT</t>
   </si>
   <si>
     <t>#70 Luther Bunker - LT</t>
   </si>
   <si>
     <t>#61 Matthew Dabbs - C</t>
   </si>
   <si>
     <t>#64 Clyde Torres - RG</t>
   </si>
   <si>
     <t>#67 Donald Hogan - RT</t>
   </si>
   <si>
-    <t>#70 Thomas Reyes - LDE</t>
+    <t>#98 Thomas Reyes - LDE</t>
   </si>
   <si>
     <t>#95 Rickey Saxton - DT</t>
   </si>
   <si>
     <t>#93 Richard Norris - DT</t>
   </si>
   <si>
     <t>#90 Kevin Frost - RDE</t>
   </si>
   <si>
     <t>#52 Rob  Pilatus - SLB</t>
   </si>
   <si>
-    <t>#54 William Fultz - MLB</t>
+    <t>#54 William Fultz - LDE</t>
   </si>
   <si>
     <t>#58 Harlan Hernandez - WLB</t>
   </si>
   <si>
     <t>#43 Christopher Barcomb - CB</t>
   </si>
   <si>
     <t>#25 George Alexander - CB</t>
   </si>
   <si>
     <t>#34 Robert Donovan - SS</t>
   </si>
   <si>
     <t>#37 Wilson Santiago - FS</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>LAC 28</t>
   </si>
   <si>
     <t>Singleback Normal FL Post</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-7-LAC 28 (14:20) 19-Eugene Taylor pass Pass knocked down by 43-Christopher Barcomb. incomplete, intended for 89-Edgar Spellman.</t>
   </si>
   <si>
     <t>#2 Clyde Batten - WR</t>
   </si>
   <si>
-    <t>#40 Jeffrey Fillion - CB</t>
+    <t>#26 Jeffrey Fillion - CB</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>3-7-LAC 28 (14:16) 19-Eugene Taylor pass Pass knocked down by 37-Wilson Santiago. incomplete, intended for 80-Randy Ruggles.</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-LAC 28 (14:13) 6-John Foreman punts 48 yards to PNX 24. 33-Edward Gallagher to PNX 25 for 1 yards. Tackle by 3-Paul Williams.</t>
   </si>
   <si>
     <t>#6 John Foreman - P</t>
   </si>
@@ -470,69 +470,69 @@
   <si>
     <t>#55 Dale Sanford - WLB</t>
   </si>
   <si>
     <t>#53 Reid Martin - MLB</t>
   </si>
   <si>
     <t>#19 Otis Andrews - P</t>
   </si>
   <si>
     <t>14:05</t>
   </si>
   <si>
     <t>PNX 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>1-10-PNX 25 (14:06) 6-Brandon Bascom pass Pass knocked down by 22-Julio Tapia. incomplete, intended for 86-Leland Mills.</t>
   </si>
   <si>
-    <t>#6 Brandon Bascom - QB</t>
-[...5 lines deleted...]
-    <t>#86 Leland Mills - TE</t>
+    <t>#19 Brandon Bascom - QB</t>
+  </si>
+  <si>
+    <t>#41 Richard Berry - WR</t>
+  </si>
+  <si>
+    <t>#81 Leland Mills - TE</t>
   </si>
   <si>
     <t>#88 Robert Tanner - WR</t>
   </si>
   <si>
     <t>#83 Joshua Davis - WR</t>
   </si>
   <si>
     <t>#79 Robert Ramirez - LT</t>
   </si>
   <si>
-    <t>#73 William Demoss - LG</t>
+    <t>#73 William Demoss - RG</t>
   </si>
   <si>
     <t>#73 William Peachey - C</t>
   </si>
   <si>
     <t>#74 Davy Jones  - RG</t>
   </si>
   <si>
     <t>#65 Brandon Roark - RT</t>
   </si>
   <si>
     <t>#54 Todd Cornett - DT</t>
   </si>
   <si>
     <t>#97 Fernando Reeves - DT</t>
   </si>
   <si>
     <t>#94 Thomas Blalock - RDE</t>
   </si>
   <si>
     <t>#41 Boyd Woods - CB</t>
   </si>
   <si>
     <t>#31 Timothy Jackson - CB</t>
   </si>
@@ -2155,51 +2155,51 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD171"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="347.915" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>