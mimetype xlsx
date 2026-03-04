--- v0 (2026-01-09)
+++ v1 (2026-03-04)
@@ -281,120 +281,120 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>IND has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>TOR</t>
   </si>
   <si>
     <t>TOR 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 12-Dave Randall kicks 74 yards from TOR 35 to IND -9. Touchback.</t>
   </si>
   <si>
-    <t>#25 Eric Abarca - CB</t>
+    <t>#25 Eric Abarca - WLB</t>
   </si>
   <si>
     <t>#82 Michael Hairston - TE</t>
   </si>
   <si>
-    <t>#17 John Webb - WR</t>
+    <t>#17 John Webb - RB</t>
   </si>
   <si>
     <t>#23 Ryan Boston - CB</t>
   </si>
   <si>
     <t>#43 David Jones - CB</t>
   </si>
   <si>
-    <t>#84 Glenn Moreno - WR</t>
+    <t>#81 Glenn Moreno - WR</t>
   </si>
   <si>
     <t>#16 Orville Witten - WR</t>
   </si>
   <si>
     <t>#59 Everett Thompson - RG</t>
   </si>
   <si>
     <t>#96 Charles Rosales - DT</t>
   </si>
   <si>
-    <t>#81 Robert Morison - WR</t>
-[...2 lines deleted...]
-    <t>#13 Greg Hall - WR</t>
+    <t>#19 Robert Morison - WR</t>
+  </si>
+  <si>
+    <t>#80 Greg Hall - WR</t>
   </si>
   <si>
     <t>#12 Dave Randall - K</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>IND 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-IND 25 (15:00) 17-John Webb ran to IND 48 for 23 yards. Tackle by 31-Prince Frye. IND 62-Todd Gallant was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#11 Juan Dotson - QB</t>
+    <t>#2 Juan Dotson - QB</t>
   </si>
   <si>
     <t>#22 Brian Richards - WR</t>
   </si>
   <si>
     <t>#80 Anthony Ferry - WR</t>
   </si>
   <si>
     <t>#89 Samuel Vanderpool - WR</t>
   </si>
   <si>
     <t>#71 Dennis Vickers - LT</t>
   </si>
   <si>
     <t>#73 Quintin Duffy - C</t>
   </si>
   <si>
-    <t>#62 Todd Gallant - RT</t>
+    <t>#63 Todd Gallant - RG</t>
   </si>
   <si>
     <t>#74 Michael Phelan - LT</t>
   </si>
   <si>
     <t>#73 David Kost - RDE</t>
   </si>
   <si>
     <t>#96 Daryl Whitlock - DT</t>
   </si>
   <si>
     <t>#77 Donald Henderson - DT</t>
   </si>
   <si>
     <t>#95 Charles Haman - RDE</t>
   </si>
   <si>
     <t>#99 Robert Fogarty - WLB</t>
   </si>
   <si>
     <t>#56 Joseph Thompson - MLB</t>
   </si>
   <si>
     <t>#54 Noe Bradshaw - WLB</t>
   </si>
@@ -485,51 +485,51 @@
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-12-IND 46 (12:12) 12-Kevin Roth punts 44 yards to TOR 10. Fair Catch by 27-Don Bailey.</t>
   </si>
   <si>
     <t>#12 Kevin Roth - P</t>
   </si>
   <si>
     <t>#27 Don Bailey - RB</t>
   </si>
   <si>
     <t>#66 Jerry Claybrooks - RDE</t>
   </si>
   <si>
     <t>#21 Joe Mitchell - SS</t>
   </si>
   <si>
     <t>#55 Roger Cory - C</t>
   </si>
   <si>
     <t>#58 Joseph Oceguera - RT</t>
   </si>
   <si>
-    <t>#66 Felix Nisbett - LG</t>
+    <t>#79 Felix Nisbett - LG</t>
   </si>
   <si>
     <t>12:04</t>
   </si>
   <si>
     <t>TOR 10</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-TOR 10 (12:05) 83-Daniel Smith ran to TOR 11 for 1 yards. Tackle by 43-David Jones.</t>
   </si>
   <si>
     <t>#5 Mark Guevara - QB</t>
   </si>
   <si>
     <t>#83 Daniel Smith - RB</t>
   </si>
   <si>
     <t>#86 Brian Wix - WR</t>
   </si>
@@ -548,63 +548,63 @@
   <si>
     <t>#64 Joel Best - LG</t>
   </si>
   <si>
     <t>#65 Carl Linn - C</t>
   </si>
   <si>
     <t>#69 Don Crumbley - RG</t>
   </si>
   <si>
     <t>#75 David Adams - RT</t>
   </si>
   <si>
     <t>#77 Jeremy Sane - LDE</t>
   </si>
   <si>
     <t>#99 Michael Townsend - LDE</t>
   </si>
   <si>
     <t>#95 Steven Evans - RDE</t>
   </si>
   <si>
     <t>#94 Kenneth Strauss - RDE</t>
   </si>
   <si>
-    <t>#50 Nathan Hall - SLB</t>
+    <t>#54 Nathan Hall - WLB</t>
   </si>
   <si>
     <t>#31 Jonathon Johnson - CB</t>
   </si>
   <si>
     <t>#28 Richard Boothe - CB</t>
   </si>
   <si>
     <t>#41 David Johnson - CB</t>
   </si>
   <si>
-    <t>#44 Jamie Anderson - CB</t>
+    <t>#44 Jamie Anderson - FS</t>
   </si>
   <si>
     <t>11:25</t>
   </si>
   <si>
     <t>TOR 11</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>2-9-TOR 11 (11:24) 5-Mark Guevara pass complete to 88-Lowell Butler to TOR 18 for 8 yards. Tackle by 41-David Johnson.</t>
   </si>
   <si>
     <t>#1 Bobby Cheatwood - WR</t>
   </si>
   <si>
     <t>#88 Lowell Butler - WR</t>
   </si>
   <si>
     <t>#51 Robert Justice - FS</t>
   </si>
@@ -719,51 +719,51 @@
   <si>
     <t>IND 30</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>1-10-IND 30 (6:20) 11-Juan Dotson pass complete to 80-Anthony Ferry to IND 39 for 9 yards. Tackle by 54-Noe Bradshaw.</t>
   </si>
   <si>
     <t>5:43</t>
   </si>
   <si>
     <t>IND 39</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>2-1-IND 39 (5:42) 17-John Webb ran to IND 48 for 9 yards. Tackle by 99-Robert Fogarty.</t>
   </si>
   <si>
     <t>#97 James Nelson - MLB</t>
   </si>
   <si>
-    <t>#20 Larry Lance - SS</t>
+    <t>#23 Larry Lance - SS</t>
   </si>
   <si>
     <t>5:01</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-IND 48 (5:00) 11-Juan Dotson pass complete to 80-Anthony Ferry to TOR 48 for 4 yards. Tackle by 35-Keith Aronson.</t>
   </si>
   <si>
     <t>4:21</t>
   </si>
   <si>
     <t>TOR 48</t>
   </si>
   <si>
     <t>Split Backs Normal Strong Pitch Sweep</t>
   </si>
   <si>
     <t>2-6-TOR 48 (4:20) 22-Brian Richards ran to TOR 34 for 14 yards.</t>
   </si>
   <si>
     <t>3:46</t>
   </si>
@@ -2171,52 +2171,52 @@
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="51" max="51" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>