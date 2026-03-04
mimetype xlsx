--- v0 (2026-01-09)
+++ v1 (2026-03-04)
@@ -281,78 +281,78 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>PHI has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>WAS</t>
   </si>
   <si>
     <t>WAS 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Paul Kelly kicks 75 yards from WAS 35 to PHI -10. 11-Wayne Choi to PHI 25 for 35 yards. Tackle by 7-Paul Kelly.</t>
   </si>
   <si>
-    <t>#11 Wayne Choi - WR</t>
+    <t>#82 Wayne Choi - WR</t>
   </si>
   <si>
     <t>#17 Troy Evans - WR</t>
   </si>
   <si>
     <t>#46 Bradley Jones - CB</t>
   </si>
   <si>
     <t>#96 Luis Matter - MLB</t>
   </si>
   <si>
     <t>#23 Russell Sullivan - CB</t>
   </si>
   <si>
     <t>#40 Francesco Johnson - CB</t>
   </si>
   <si>
     <t>#44 Paul Hamilton - CB</t>
   </si>
   <si>
     <t>#54 Joshua McIver - LDE</t>
   </si>
   <si>
     <t>#99 Keith Aguilar - LDE</t>
   </si>
   <si>
-    <t>#19 Andrew Frederick - WR</t>
+    <t>#81 Andrew Frederick - WR</t>
   </si>
   <si>
     <t>#42 Deshawn Dennis - FS</t>
   </si>
   <si>
     <t>#7 Paul Kelly - K</t>
   </si>
   <si>
     <t>PHI</t>
   </si>
   <si>
     <t>14:53</t>
   </si>
   <si>
     <t>PHI 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-PHI 25 (14:54) 3-Darren Hensley pass complete to 27-John Hayes to PHI 28 for 3 yards. Tackle by 50-Clint Caro.</t>
   </si>
@@ -389,51 +389,51 @@
   <si>
     <t>#68 Timothy Perkins - LDE</t>
   </si>
   <si>
     <t>#56 Ian Crawley - DT</t>
   </si>
   <si>
     <t>#92 John Smelser - DT</t>
   </si>
   <si>
     <t>#94 Peter Capone - RDE</t>
   </si>
   <si>
     <t>#93 Nicholas Marchand - MLB</t>
   </si>
   <si>
     <t>#50 Clint Caro - SLB</t>
   </si>
   <si>
     <t>#23 Luther Riddick - CB</t>
   </si>
   <si>
     <t>#33 Joseph Wood - CB</t>
   </si>
   <si>
-    <t>#38 Curtis Lott - CB</t>
+    <t>#49 Curtis Lott - CB</t>
   </si>
   <si>
     <t>#44 Albert Giles - SS</t>
   </si>
   <si>
     <t>#20 Phillip Owens - FS</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>PHI 28</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-7-PHI 28 (14:19) 21-Peter Leek ran to PHI 33 for 5 yards. Tackle by 50-Clint Caro. PENALTY - Unnecessary Roughness (WAS 50-Clint Caro)</t>
   </si>
   <si>
     <t>#80 Timothy Edwards - TE</t>
   </si>
@@ -590,102 +590,102 @@
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>3-10-WAS 18 (9:54) 3-Darren Hensley pass Pass knocked down by 20-Phillip Owens. incomplete, intended for 80-Timothy Edwards.</t>
   </si>
   <si>
     <t>9:50</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-10-WAS 18 (9:51) 7-Orville Nardi 36 yard field goal is GOOD. WAS 0 PHI 3</t>
   </si>
   <si>
     <t>#2 Victor Guzman - P</t>
   </si>
   <si>
     <t>#7 Orville Nardi - K</t>
   </si>
   <si>
-    <t>#51 Lee Neal - SLB</t>
+    <t>#50 Lee Neal - FS</t>
   </si>
   <si>
     <t>#63 Cecil Schneider - DT</t>
   </si>
   <si>
     <t>#77 Roman Vernon - RG</t>
   </si>
   <si>
     <t>#55 Stanley Barber - MLB</t>
   </si>
   <si>
     <t>#64 George Willis - LT</t>
   </si>
   <si>
     <t>#93 Stephen Berry - DT</t>
   </si>
   <si>
     <t>9:48</t>
   </si>
   <si>
     <t>PHI 35</t>
   </si>
   <si>
     <t>(9:49) 7-Orville Nardi kicks 75 yards from PHI 35 to WAS -10. Touchback.</t>
   </si>
   <si>
     <t>#81 Aaron Stillings - WR</t>
   </si>
   <si>
     <t>WAS 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>1-10-WAS 25 (9:49) 45-Jorge Erlandson ran to WAS 28 for 3 yards. Tackle by 96-Luis Matter.</t>
   </si>
   <si>
     <t>#18 Tim Williams - QB</t>
   </si>
   <si>
-    <t>#45 Jorge Erlandson - RB</t>
+    <t>#24 Jorge Erlandson - RB</t>
   </si>
   <si>
     <t>#31 James Young - FB</t>
   </si>
   <si>
     <t>#36 James Feng - FB</t>
   </si>
   <si>
-    <t>#85 Nathan Widger - TE</t>
+    <t>#89 Nathan Widger - TE</t>
   </si>
   <si>
     <t>#82 Jonathan Clark - TE</t>
   </si>
   <si>
     <t>#73 Julio Napoli - LG</t>
   </si>
   <si>
     <t>#60 John Mills - C</t>
   </si>
   <si>
     <t>#65 Christopher Stamper - RT</t>
   </si>
   <si>
     <t>#91 Kenneth Pugh - LDE</t>
   </si>
   <si>
     <t>#90 Gregory Bourque - DT</t>
   </si>
   <si>
     <t>#79 John Engle - DT</t>
   </si>
   <si>
     <t>#57 Waylon Bayer - WLB</t>
   </si>
@@ -866,63 +866,63 @@
   <si>
     <t>3-8-WAS 45 (3:10) 45-Jorge Erlandson ran to WAS 46 for 1 yards. Tackle by 91-Kenneth Pugh. PHI 96-Luis Matter was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#13 Jeffrey Luciani - WR</t>
   </si>
   <si>
     <t>2:36</t>
   </si>
   <si>
     <t>WAS 46</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-WAS 46 (2:35) 19-Vincent Ayres punts 44 yards to PHI 11.</t>
   </si>
   <si>
     <t>#19 Vincent Ayres - P</t>
   </si>
   <si>
-    <t>#74 Anthony Espinal - C</t>
+    <t>#57 Anthony Espinal - C</t>
   </si>
   <si>
     <t>#62 Robert Colson - LT</t>
   </si>
   <si>
-    <t>#61 Garret Prochaska - LG</t>
+    <t>#78 Garret Prochaska - LG</t>
   </si>
   <si>
     <t>#69 Paul Colby - RG</t>
   </si>
   <si>
-    <t>#52 Jeffrey Edwards - MLB</t>
+    <t>#91 Jeffrey Edwards - MLB</t>
   </si>
   <si>
     <t>2:24</t>
   </si>
   <si>
     <t>PHI 11</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>Nickel Blitz Stunt Blitz</t>
   </si>
   <si>
     <t>1-10-PHI 11 (2:25) 3-Darren Hensley pass complete to 17-Troy Evans to PHI 26 for 15 yards. Tackle by 33-Joseph Wood.</t>
   </si>
   <si>
     <t>1:39</t>
   </si>
   <si>
     <t>PHI 26</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
@@ -1637,51 +1637,51 @@
   <si>
     <t>#45 Robert Horta - CB</t>
   </si>
   <si>
     <t>8:43</t>
   </si>
   <si>
     <t>3-6-PHI 29 (8:44) 18-Tim Williams pass complete to 36-James Feng to PHI 20 for 9 yards. Tackle by 46-Bradley Jones. Pressure by 91-Kenneth Pugh.</t>
   </si>
   <si>
     <t>8:18</t>
   </si>
   <si>
     <t>1-10-PHI 20 (8:17) 18-Tim Williams pass complete to 13-Jeffrey Luciani to PHI 13 for 7 yards. Tackle by 46-Bradley Jones.</t>
   </si>
   <si>
     <t>7:54</t>
   </si>
   <si>
     <t>PHI 13</t>
   </si>
   <si>
     <t>2-3-PHI 13 (7:53) 18-Tim Williams sacked at PHI 22 for -10 yards (79-John Engle). Sack allowed by 73-Julio Napoli.</t>
   </si>
   <si>
-    <t>#88 Robert March - TE</t>
+    <t>#83 Robert March - TE</t>
   </si>
   <si>
     <t>7:28</t>
   </si>
   <si>
     <t>PHI 22</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>3-13-PHI 22 (7:27) 18-Tim Williams pass complete to 14-Tommy Glaze to PHI 14 for 8 yards. Tackle by 45-Robert Horta.</t>
   </si>
   <si>
     <t>7:09</t>
   </si>
   <si>
     <t>PHI 14</t>
   </si>
   <si>
     <t>4-5-PHI 14 (7:08) 7-Paul Kelly 31 yard field goal is GOOD. WAS 3 PHI 23</t>
   </si>
   <si>
     <t>#67 Juan Grayson - C</t>
   </si>