--- v0 (2026-01-09)
+++ v1 (2026-03-04)
@@ -506,102 +506,102 @@
   <si>
     <t>4-6-DAK 30 (12:55) 1-Calvin Carper 49 yard field goal is GOOD. PRI 3 DAK 0</t>
   </si>
   <si>
     <t>#2 Daniel Moore - P</t>
   </si>
   <si>
     <t>#1 Calvin Carper - K</t>
   </si>
   <si>
     <t>#67 James Barlow - RT</t>
   </si>
   <si>
     <t>#61 Bryon Poirier - RG</t>
   </si>
   <si>
     <t>#63 Roland Switzer - RG</t>
   </si>
   <si>
     <t>#52 Gerard Smith - RT</t>
   </si>
   <si>
     <t>#57 Richard French - RG</t>
   </si>
   <si>
-    <t>#62 Kenneth Stinson - DT</t>
+    <t>#61 Kenneth Stinson - DT</t>
   </si>
   <si>
     <t>#19 David Obando - WR</t>
   </si>
   <si>
     <t>#11 Smurf Murphy - WR</t>
   </si>
   <si>
     <t>#90 Randy Newton - WLB</t>
   </si>
   <si>
     <t>#18 Thomas Houston - WR</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>PRI 35</t>
   </si>
   <si>
     <t>(12:52) 1-Calvin Carper kicks 68 yards from PRI 35 to DAK -3. 19-David Obando to DAK 20 for 24 yards. Tackle by 97-Pablo Mallory.</t>
   </si>
   <si>
     <t>#88 Steve Magno - WR</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>DAK 20</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>1-10-DAK 20 (12:48) 10-Frank Crane pass Pass knocked down by 39-Victor Holm. incomplete, intended for 18-Thomas Houston. Pressure by 74-John Leber. PENALTY - Holding (DAK 69-Marcus Love)</t>
   </si>
   <si>
     <t>#10 Frank Crane - QB</t>
   </si>
   <si>
     <t>#21 Antonio Montano - RB</t>
   </si>
   <si>
-    <t>#33 Donald Morrow - WR</t>
+    <t>#83 Donald Morrow - WR</t>
   </si>
   <si>
     <t>#66 Gene Perez - LT</t>
   </si>
   <si>
-    <t>#47 Corey Martinez - LG</t>
+    <t>#77 Corey Martinez - LG</t>
   </si>
   <si>
     <t>#69 Marcus Love - C</t>
   </si>
   <si>
     <t>#63 Richard Carroll - RG</t>
   </si>
   <si>
     <t>#79 Bryant Minick - RT</t>
   </si>
   <si>
     <t>#74 John Leber - LDE</t>
   </si>
   <si>
     <t>#68 Curtis Byrd - DT</t>
   </si>
   <si>
     <t>#77 Chris Savage - DT</t>
   </si>
   <si>
     <t>#95 Michael Thompson - RDE</t>
   </si>
   <si>
     <t>12:42</t>
   </si>
@@ -653,51 +653,51 @@
   <si>
     <t>10:33</t>
   </si>
   <si>
     <t>3-3-DAK 39 (10:32) 10-Frank Crane sacked at DAK 29 for -10 yards (68-Curtis Byrd). Sack allowed by 63-Richard Carroll.</t>
   </si>
   <si>
     <t>9:48</t>
   </si>
   <si>
     <t>DAK 29</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-12-DAK 29 (9:47) 12-Robert McClendon punts 57 yards to PRI 14.</t>
   </si>
   <si>
     <t>#12 Robert McClendon - P</t>
   </si>
   <si>
-    <t>#81 Damien Jones - WR</t>
+    <t>#80 Damien Jones - WR</t>
   </si>
   <si>
     <t>#53 Timothy Nichols - C</t>
   </si>
   <si>
     <t>#60 Juan Stacy - LG</t>
   </si>
   <si>
     <t>#72 Billy Garrick - RDE</t>
   </si>
   <si>
     <t>9:36</t>
   </si>
   <si>
     <t>PRI 14</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-PRI 14 (9:37) 37-Russell Feldman ran to PRI 15 for 1 yards. Tackle by 38-Richard Nguyen.</t>
   </si>
   <si>
     <t>9:03</t>
   </si>
@@ -752,51 +752,51 @@
   <si>
     <t>3-10-DAK 46 (8:12) 10-Frank Crane pass Pass knocked down by 59-Ellis Jones. incomplete, intended for 19-David Obando. DAK 79-Bryant Minick was injured on the play. He looks like he should be able to return. DAK 63-Richard Carroll was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:08</t>
   </si>
   <si>
     <t>4-10-DAK 46 (8:09)</t>
   </si>
   <si>
     <t>#85 Cameron Corrigan - TE</t>
   </si>
   <si>
     <t>#67 Earl Smith - RT</t>
   </si>
   <si>
     <t>8:00</t>
   </si>
   <si>
     <t>PRI 5</t>
   </si>
   <si>
     <t>1-10-PRI 5 (8:01) 37-Russell Feldman ran to PRI 3 for -2 yards. Tackle by 20-Oscar Gamble.</t>
   </si>
   <si>
-    <t>#29 Victor Rodriguez - CB</t>
+    <t>#47 Victor Rodriguez - SS</t>
   </si>
   <si>
     <t>7:19</t>
   </si>
   <si>
     <t>PRI 3</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>2-12-PRI 3 (7:18) 15-Patrick Dixon pass complete to 30-Chuck Novick to DAK 49 for 49 yards.</t>
   </si>
   <si>
     <t>6:29</t>
   </si>
   <si>
     <t>DAK 49</t>
   </si>
   <si>
     <t>1-10-DAK 49 (6:28) 15-Patrick Dixon pass INTERCEPTED by 38-Richard Nguyen at DAK 44. 38-Richard Nguyen to DAK 44 for -0 yards. Tackle by 81-Phillip Lewis. PENALTY - Pass Interference (DAK 38-Richard Nguyen)</t>
   </si>