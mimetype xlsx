--- v0 (2025-12-16)
+++ v1 (2026-03-04)
@@ -305,51 +305,51 @@
   <si>
     <t>#48 Gilbert Yates - RB</t>
   </si>
   <si>
     <t>#96 David Straub - RDE</t>
   </si>
   <si>
     <t>#97 Russell Hambright - LDE</t>
   </si>
   <si>
     <t>#55 William Dunn - MLB</t>
   </si>
   <si>
     <t>#91 William Martin - RDE</t>
   </si>
   <si>
     <t>#30 Ali Claypool - CB</t>
   </si>
   <si>
     <t>#50 John Price - DT</t>
   </si>
   <si>
     <t>#93 Eugene Jones - DT</t>
   </si>
   <si>
-    <t>#57 Jeremy Hurley - WLB</t>
+    <t>#58 Jeremy Hurley - WLB</t>
   </si>
   <si>
     <t>#41 Frances Rice - FS</t>
   </si>
   <si>
     <t>#49 James Elder - SS</t>
   </si>
   <si>
     <t>#8 Clinton Matheson - K</t>
   </si>
   <si>
     <t>PIT</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>PIT 16</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
@@ -368,51 +368,51 @@
   <si>
     <t>#10 Jason Burton - WR</t>
   </si>
   <si>
     <t>#19 Daniel Slayden - WR</t>
   </si>
   <si>
     <t>#72 Lawrence Brown - LT</t>
   </si>
   <si>
     <t>#66 Anthony Guinyard - LG</t>
   </si>
   <si>
     <t>#60 Jonathan Conrad - C</t>
   </si>
   <si>
     <t>#78 Gustavo Lee - RG</t>
   </si>
   <si>
     <t>#75 Richard Seitz - RT</t>
   </si>
   <si>
     <t>#92 Ted Johnson - LDE</t>
   </si>
   <si>
-    <t>#67 David Richter - DT</t>
+    <t>#91 David Richter - RDE</t>
   </si>
   <si>
     <t>#95 Franklin Coffey - DT</t>
   </si>
   <si>
     <t>#98 Winston Callahan - RDE</t>
   </si>
   <si>
     <t>#3 John Rector - SLB</t>
   </si>
   <si>
     <t>#55 William Mixon - MLB</t>
   </si>
   <si>
     <t>#90 Bruce Smith - WLB</t>
   </si>
   <si>
     <t>#25 Billy Cantu - CB</t>
   </si>
   <si>
     <t>#6 Brandon Noble - CB</t>
   </si>
   <si>
     <t>#32 Roger Rocha - SS</t>
   </si>
@@ -719,51 +719,51 @@
   <si>
     <t>PIT 36</t>
   </si>
   <si>
     <t>Strong I Big TE Post</t>
   </si>
   <si>
     <t>1-10-PIT 36 (7:48) 15-Francis Walker pass complete to 82-Pete Harpole to PIT 8 for 28 yards. Tackle by 41-Frances Rice. Pressure by 91-William Martin. 41-Frances Rice got away with a hold on that play.</t>
   </si>
   <si>
     <t>7:09</t>
   </si>
   <si>
     <t>PIT 8</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>1-8-PIT 8 (7:08) 15-Francis Walker pass incomplete, intended for 21-Bobby Bender.</t>
   </si>
   <si>
     <t>#83 Robert Gonzalez - TE</t>
   </si>
   <si>
-    <t>#87 Michael Gholson - WR</t>
+    <t>#13 Michael Gholson - WR</t>
   </si>
   <si>
     <t>#99 Philip Crawford - SLB</t>
   </si>
   <si>
     <t>#35 Michael Smead - SS</t>
   </si>
   <si>
     <t>7:04</t>
   </si>
   <si>
     <t>Strong I Big WR Quick In</t>
   </si>
   <si>
     <t>2-8-PIT 8 (7:05) 15-Francis Walker pass complete to 80-Gregory Martinez to PIT 5 for 3 yards. Tackle by 55-William Dunn.</t>
   </si>
   <si>
     <t>6:21</t>
   </si>
   <si>
     <t>PIT 5</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
@@ -911,51 +911,51 @@
   <si>
     <t>#62 Felix Blose - RT</t>
   </si>
   <si>
     <t>#97 James Gullion - LDE</t>
   </si>
   <si>
     <t>0:24</t>
   </si>
   <si>
     <t>TBY 15</t>
   </si>
   <si>
     <t>(0:25) Extra point GOOD by 11-Joey Gaylord. TBY 3 PIT 7</t>
   </si>
   <si>
     <t>#7 Scott Moses - P</t>
   </si>
   <si>
     <t>#11 Joey Gaylord - K</t>
   </si>
   <si>
     <t>#64 Francis Spaulding - C</t>
   </si>
   <si>
-    <t>#72 Jimmie Long - LDE</t>
+    <t>#64 Jimmie Long - LDE</t>
   </si>
   <si>
     <t>PIT 35</t>
   </si>
   <si>
     <t>(0:25) 11-Joey Gaylord kicks 71 yards from PIT 35 to TBY -6. 87-Richard Chaney to TBY 32 for 38 yards. Tackle by 11-Joey Gaylord.</t>
   </si>
   <si>
     <t>0:19</t>
   </si>
   <si>
     <t>TBY 32</t>
   </si>
   <si>
     <t>1-10-TBY 32 (0:20) 15-Francis Walker pass complete to 38-John Brumback to TBY 35 for 4 yards. Tackle by 20-Herman Sipple.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
@@ -2262,51 +2262,51 @@
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>