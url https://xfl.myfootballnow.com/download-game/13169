--- v0 (2025-12-16)
+++ v1 (2026-01-09)
@@ -287,63 +287,63 @@
   <si>
     <t>ORG has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>NEC</t>
   </si>
   <si>
     <t>NEC 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Bradley Brendle kicks 69 yards from NEC 35 to ORG -4. Touchback.</t>
   </si>
   <si>
     <t>#35 James Crawford - WR</t>
   </si>
   <si>
     <t>#54 Gregory Rich - SLB</t>
   </si>
   <si>
-    <t>#82 Donald Shellman - WR</t>
+    <t>#1 Donald Shellman - RB</t>
   </si>
   <si>
     <t>#48 John Briggs - SS</t>
   </si>
   <si>
     <t>#15 Brock Scott - WR</t>
   </si>
   <si>
     <t>#39 Henry Granata - FS</t>
   </si>
   <si>
-    <t>#42 Edward Meeks - FB</t>
+    <t>#42 Edward Meeks - RB</t>
   </si>
   <si>
     <t>#27 Hector Anderson - CB</t>
   </si>
   <si>
     <t>#53 John Frederick - WLB</t>
   </si>
   <si>
     <t>#31 Alberto Banta - RB</t>
   </si>
   <si>
     <t>#49 Andrew Jeffords - FS</t>
   </si>
   <si>
     <t>#3 Bradley Brendle - K</t>
   </si>
   <si>
     <t>ORG</t>
   </si>
   <si>
     <t>ORG 25</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
@@ -356,306 +356,306 @@
   <si>
     <t>#5 David Meier - QB</t>
   </si>
   <si>
     <t>#34 Howard Cross - FB</t>
   </si>
   <si>
     <t>#89 Kenneth Dunbar - TE</t>
   </si>
   <si>
     <t>#78 Douglas Woolsey - LT</t>
   </si>
   <si>
     <t>#63 Charles Tapia - LG</t>
   </si>
   <si>
     <t>#76 Damon McAlister - C</t>
   </si>
   <si>
     <t>#66 Charles Anderson - RG</t>
   </si>
   <si>
     <t>#79 Brian Tyree - RT</t>
   </si>
   <si>
-    <t>#93 Scott Carmack - LDE</t>
+    <t>#93 Scott Carmack - SS</t>
   </si>
   <si>
     <t>#97 Ray Higgins - DT</t>
   </si>
   <si>
     <t>#99 Ted Soto - DT</t>
   </si>
   <si>
-    <t>#92 Jimmie Eldridge - RDE</t>
-[...5 lines deleted...]
-    <t>#55 George Roberts - WLB</t>
+    <t>#92 Jimmie Eldridge - WLB</t>
+  </si>
+  <si>
+    <t>#56 Ruben Kipp - FS</t>
+  </si>
+  <si>
+    <t>#55 George Roberts - FS</t>
   </si>
   <si>
     <t>#23 Jose Brooks - CB</t>
   </si>
   <si>
     <t>#27 William Fernandez - CB</t>
   </si>
   <si>
     <t>#26 Matthew Lopez - CB</t>
   </si>
   <si>
     <t>#28 Kenneth Stephenson - CB</t>
   </si>
   <si>
     <t>#29 Vincent Watson - CB</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>ORG 30</t>
   </si>
   <si>
     <t>Strong I Normal Counter Strong</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-5-ORG 30 (14:19) 31-Alberto Banta ran to ORG 29 for -1 yards. Tackle by 93-Scott Carmack.</t>
   </si>
   <si>
     <t>#99 Jose Snyder - DT</t>
   </si>
   <si>
-    <t>#50 Dale Williams - MLB</t>
-[...2 lines deleted...]
-    <t>#57 Bradley Moore - WLB</t>
+    <t>#50 Dale Williams - FS</t>
+  </si>
+  <si>
+    <t>#57 Bradley Moore - FS</t>
   </si>
   <si>
     <t>#22 Billy Davis - CB</t>
   </si>
   <si>
     <t>#24 Ralph Witham - CB</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>ORG 29</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Checkdown</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>3-6-ORG 29 (13:35) 5-David Meier pass Pass knocked down by 26-Matthew Lopez. incomplete, intended for 82-Donald Shellman.</t>
   </si>
   <si>
     <t>#21 Raymond Hudson - WR</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-ORG 29 (13:31) 13-Reginald Gonzalez punts 44 yards to NEC 27. Fair Catch by 35-Charles Lyons.</t>
   </si>
   <si>
     <t>#13 Reginald Gonzalez - P</t>
   </si>
   <si>
-    <t>#35 Charles Lyons - RB</t>
+    <t>#35 Charles Lyons - WR</t>
   </si>
   <si>
     <t>#86 David Anderson - TE</t>
   </si>
   <si>
     <t>#77 Frank Andrew - LG</t>
   </si>
   <si>
     <t>#74 Carlos Johns - LT</t>
   </si>
   <si>
     <t>#41 John Eakins - WR</t>
   </si>
   <si>
-    <t>#94 Norman Gates - LDE</t>
+    <t>#94 Norman Gates - SS</t>
   </si>
   <si>
     <t>13:24</t>
   </si>
   <si>
     <t>NEC 27</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-NEC 27 (13:25) 9-Alonzo Gibson pass complete to 35-Charles Lyons to NEC 32 for 5 yards. Tackle by 51-John Briggs.</t>
   </si>
   <si>
     <t>#9 Alonzo Gibson - QB</t>
   </si>
   <si>
-    <t>#46 Clifford Simmons - FB</t>
+    <t>#86 Clifford Simmons - FB</t>
   </si>
   <si>
     <t>#12 Kenneth Krueger - WR</t>
   </si>
   <si>
     <t>#14 Michael Huffman - WR</t>
   </si>
   <si>
     <t>#17 Robert Cupp - WR</t>
   </si>
   <si>
-    <t>#67 Matthew Patterson - LT</t>
+    <t>#76 Matthew Patterson - LT</t>
   </si>
   <si>
     <t>#66 Albert Scott - LG</t>
   </si>
   <si>
     <t>#60 Vincent Hagedorn - C</t>
   </si>
   <si>
-    <t>#79 Darryl Wyman - RG</t>
+    <t>#69 Darryl Wyman - RG</t>
   </si>
   <si>
     <t>#78 William Kuhn - RT</t>
   </si>
   <si>
     <t>#90 Peter Barrera - DT</t>
   </si>
   <si>
     <t>#97 Jim Boyd - DT</t>
   </si>
   <si>
     <t>#71 Kurt Brown - DT</t>
   </si>
   <si>
     <t>#94 Victor Nesbitt - RDE</t>
   </si>
   <si>
     <t>#25 Brian Oneill - CB</t>
   </si>
   <si>
     <t>#30 Forrest Washington - WLB</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>NEC 32</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>2-5-NEC 32 (12:48) 9-Alonzo Gibson pass Pass knocked down by 99-James Wang. incomplete, intended for 81-Joseph Reyes.</t>
   </si>
   <si>
-    <t>#81 Joseph Reyes - TE</t>
+    <t>#81 Joseph Reyes - FB</t>
   </si>
   <si>
     <t>#99 James Wang - SLB</t>
   </si>
   <si>
     <t>12:44</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>3-5-NEC 32 (12:45) 9-Alonzo Gibson sacked at NEC 24 for -8 yards (94-Victor Nesbitt). Sack allowed by 67-Matthew Patterson.</t>
   </si>
   <si>
     <t>#13 Victor Waite - WR</t>
   </si>
   <si>
     <t>#19 Todd Pilon - WR</t>
   </si>
   <si>
     <t>12:02</t>
   </si>
   <si>
     <t>NEC 24</t>
   </si>
   <si>
     <t>4-13-NEC 24 (12:01) 1-Fred Duquette punts 45 yards to ORG 31.</t>
   </si>
   <si>
     <t>#1 Fred Duquette - P</t>
   </si>
   <si>
-    <t>#63 Matthew Evatt - LT</t>
+    <t>#63 Matthew Evatt - RG</t>
   </si>
   <si>
     <t>#62 Raymond Miller - C</t>
   </si>
   <si>
     <t>11:53</t>
   </si>
   <si>
     <t>ORG 31</t>
   </si>
   <si>
     <t>I Formation 3WR Backfield Flats</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-ORG 31 (11:54) 5-David Meier pass Pass knocked down by 26-Matthew Lopez. incomplete, intended for 31-Alberto Banta. Pressure by 92-Jimmie Eldridge.</t>
   </si>
   <si>
     <t>11:49</t>
   </si>
   <si>
     <t>I Formation Twin WR HB Toss Strong</t>
   </si>
   <si>
     <t>2-10-ORG 31 (11:50) 31-Alberto Banta FUMBLES recovered by ORG-31-Alberto Banta at ORG 25. Tackle by 56-Ruben Kipp.</t>
   </si>
   <si>
-    <t>#51 Lawrence Hutchinson - MLB</t>
+    <t>#51 Lawrence Hutchinson - FS</t>
   </si>
   <si>
     <t>11:12</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>3-16-ORG 25 (11:11) 5-David Meier pass Pass knocked down by 29-Vincent Watson. incomplete, intended for 89-Kenneth Dunbar.</t>
   </si>
   <si>
     <t>11:07</t>
   </si>
   <si>
     <t>4-16-ORG 25 (11:08) 13-Reginald Gonzalez punts 46 yards to NEC 29. Fair Catch by 35-Charles Lyons.</t>
   </si>
   <si>
     <t>11:00</t>
   </si>
   <si>
     <t>NEC 29</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
@@ -674,84 +674,84 @@
   <si>
     <t>9:51</t>
   </si>
   <si>
     <t>NEC 34</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>3-5-NEC 34 (9:50) 9-Alonzo Gibson pass complete to 17-Robert Cupp to ORG 37 for 28 yards. Pushed out of bounds by 51-John Briggs.</t>
   </si>
   <si>
     <t>9:10</t>
   </si>
   <si>
     <t>ORG 37</t>
   </si>
   <si>
     <t>1-10-ORG 37 (9:09) 9-Alonzo Gibson pass Pass knocked down by 99-James Wang. incomplete, intended for 30-Paul McGuire.</t>
   </si>
   <si>
-    <t>#30 Paul McGuire - RB</t>
+    <t>#30 Paul McGuire - WR</t>
   </si>
   <si>
     <t>9:04</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>2-10-ORG 37 (9:05) 35-Charles Lyons ran to ORG 34 for 4 yards. Tackle by 39-Henry Granata.</t>
   </si>
   <si>
     <t>8:28</t>
   </si>
   <si>
     <t>ORG 34</t>
   </si>
   <si>
     <t>3-6-ORG 34 (8:27) 9-Alonzo Gibson pass Pass knocked down by 99-James Wang. incomplete, intended for 81-Joseph Reyes.</t>
   </si>
   <si>
     <t>8:23</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-6-ORG 34 (8:24) 3-Bradley Brendle 51 yard field goal is GOOD. ORG 0 NEC 3</t>
   </si>
   <si>
-    <t>#33 Paul Bogle - RB</t>
+    <t>#33 Paul Bogle - WR</t>
   </si>
   <si>
     <t>8:20</t>
   </si>
   <si>
     <t>(8:21) 3-Bradley Brendle kicks 74 yards from NEC 35 to ORG -9. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>1-10-ORG 25 (8:21) 5-David Meier sacked at ORG 15 for -10 yards (92-Jimmie Eldridge). Sack allowed by 78-Douglas Woolsey. 78-Douglas Woolsey completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>7:48</t>
   </si>
   <si>
     <t>ORG 15</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
@@ -1205,57 +1205,57 @@
   <si>
     <t>1-10-ORG 31 (5:28) 31-Alberto Banta ran to ORG 34 for 3 yards. Tackle by 55-George Roberts.</t>
   </si>
   <si>
     <t>4:49</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>2-7-ORG 34 (4:48) 31-Alberto Banta ran for 66 yards. TOUCHDOWN! ORG 6 NEC 10</t>
   </si>
   <si>
     <t>4:37</t>
   </si>
   <si>
     <t>NEC 15</t>
   </si>
   <si>
     <t>(4:38) Extra point GOOD by 12-Michael Mercier. ORG 7 NEC 10</t>
   </si>
   <si>
     <t>#12 Michael Mercier - K</t>
   </si>
   <si>
-    <t>#28 Kenneth Minor - FB</t>
+    <t>#80 Kenneth Minor - TE</t>
   </si>
   <si>
     <t>#98 Graig Branch - DT</t>
   </si>
   <si>
-    <t>#96 Daniel Hummel - RDE</t>
+    <t>#96 Daniel Hummel - WLB</t>
   </si>
   <si>
     <t>ORG 35</t>
   </si>
   <si>
     <t>(4:38) 12-Michael Mercier kicks 69 yards from ORG 35 to NEC -4. 35-Charles Lyons to NEC 19 for 23 yards. Tackle by 15-Brock Scott.</t>
   </si>
   <si>
     <t>4:33</t>
   </si>
   <si>
     <t>NEC 19</t>
   </si>
   <si>
     <t>1-10-NEC 19 (4:34) 30-Paul McGuire ran to NEC 22 for 2 yards. Tackle by 51-John Briggs.</t>
   </si>
   <si>
     <t>4:31</t>
   </si>
   <si>
     <t>3:58</t>
   </si>
   <si>
     <t>NEC 22</t>
   </si>
@@ -1376,78 +1376,78 @@
   <si>
     <t>NEC 41</t>
   </si>
   <si>
     <t>2-3-NEC 41 (0:02) 12-Michael Mercier 59 yard field goal is NO GOOD. (Short)</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 12-Michael Mercier kicks 71 yards from ORG 35 to NEC -6. 35-Charles Lyons to NEC 30 for 36 yards. Tackle by 12-Michael Mercier.</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>1-10-NEC 30 (14:55) 9-Alonzo Gibson pass complete to 46-Clifford Simmons to NEC 45 for 14 yards. 46-Clifford Simmons made a great move on the CB.</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>1-10-NEC 45 (14:15) 33-Paul Bogle ran to ORG 47 for 8 yards. Tackle by 49-Andrew Jeffords. NEC 33-Paul Bogle was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#38 William Bonomo - RB</t>
+    <t>#88 William Bonomo - FB</t>
   </si>
   <si>
     <t>#75 David Johnson - RT</t>
   </si>
   <si>
     <t>2-2-ORG 47 (13:35) 35-Charles Lyons ran to ORG 44 for 3 yards. Tackle by 53-John Frederick.</t>
   </si>
   <si>
     <t>ORG 44</t>
   </si>
   <si>
     <t>1-10-ORG 44 (12:57) 9-Alonzo Gibson pass incomplete, dropped by 14-Michael Huffman. 30-Forrest Washington got away with a hold on that play. NEC 79-Darryl Wyman was injured on the play. He looks like he should be able to return. ORG 97-Jim Boyd was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#26 David Robinson - CB</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-10-ORG 44 (12:52) 9-Alonzo Gibson pass complete to 81-Joseph Reyes for 44 yards. TOUCHDOWN! 81-Joseph Reyes breaks down the CB. ORG 14 NEC 16</t>
   </si>
   <si>
-    <t>#77 Harold Bedwell - RG</t>
+    <t>#77 Harold Bedwell - LT</t>
   </si>
   <si>
     <t>#96 Adam Bartos - SLB</t>
   </si>
   <si>
     <t>#55 Norman Peralta - MLB</t>
   </si>
   <si>
     <t>(12:45) Extra point GOOD by 3-Bradley Brendle. ORG 14 NEC 17</t>
   </si>
   <si>
     <t>#65 Carl Martinez - LG</t>
   </si>
   <si>
     <t>(12:45) 3-Bradley Brendle kicks 73 yards from NEC 35 to ORG -8. Touchback.</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>1-10-ORG 25 (12:45) 31-Alberto Banta ran to ORG 26 for 1 yards. Tackle by 92-Jimmie Eldridge.</t>
   </si>
   <si>
     <t>12:01</t>
   </si>
@@ -2353,102 +2353,102 @@
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="369.196" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="37" max="37" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="79" max="79" width="35.277" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="82" max="82" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="81" max="81" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="34.135" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">