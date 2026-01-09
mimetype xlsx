--- v0 (2025-12-16)
+++ v1 (2026-01-09)
@@ -281,78 +281,78 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>TEX has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>CIN</t>
   </si>
   <si>
     <t>CIN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 15-Nicholas Serrano kicks 74 yards from CIN 35 to TEX -9. Touchback.</t>
   </si>
   <si>
-    <t>#28 Frederick Ward - WR</t>
+    <t>#89 Frederick Ward - TE</t>
   </si>
   <si>
     <t>#49 Marvin Williams - CB</t>
   </si>
   <si>
     <t>#47 Jeremy Walker - SS</t>
   </si>
   <si>
     <t>#41 Adam Robinson - CB</t>
   </si>
   <si>
     <t>#52 Rodney Reyes - CB</t>
   </si>
   <si>
     <t>#37 John Powell - FS</t>
   </si>
   <si>
     <t>#8 William Holley - WR</t>
   </si>
   <si>
     <t>#54 Clarence Raap - CB</t>
   </si>
   <si>
     <t>#56 Enrique Murray - CB</t>
   </si>
   <si>
-    <t>#87 Roger Rodriguez - WR</t>
+    <t>#36 Roger Rodriguez - RB</t>
   </si>
   <si>
     <t>#25 Franklin Sanchez - CB</t>
   </si>
   <si>
     <t>#15 Nicholas Serrano - K</t>
   </si>
   <si>
     <t>TEX</t>
   </si>
   <si>
     <t>TEX 25</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-TEX 25 (15:00) 9-Steven Parent pass incomplete, dropped by 8-William Holley. PENALTY - Pass Interference (CIN 48-Leslie Cummings)</t>
   </si>
   <si>
     <t>#9 Steven Parent - QB</t>
   </si>
@@ -437,51 +437,51 @@
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>TEX 35</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>2-9-TEX 35 (14:17) 9-Steven Parent pass incomplete, dropped by 8-William Holley. 48-Leslie Cummings got away with a hold on that play.</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>3-9-TEX 35 (14:13) 7-Edwin Welch sacked at TEX 26 for -10 yards (53-Harry Ulrich). Sack allowed by 14-Van McComb. 14-Van McComb completely missed his blocking assignment.</t>
   </si>
   <si>
-    <t>#14 Van McComb - WR</t>
+    <t>#13 Van McComb - WR</t>
   </si>
   <si>
     <t>#28 Robert Carter - CB</t>
   </si>
   <si>
     <t>13:41</t>
   </si>
   <si>
     <t>TEX 26</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-18-TEX 26 (13:40) PENALTY - False Start (TEX 18-Donald Howery)</t>
   </si>
   <si>
     <t>#18 Donald Howery - P</t>
   </si>
   <si>
     <t>#74 Steven Hayes - LT</t>
   </si>
@@ -1490,51 +1490,51 @@
   <si>
     <t>9:16</t>
   </si>
   <si>
     <t>3-8-TEX 27 (9:17) 9-Steven Parent pass complete to 28-Frederick Ward to TEX 31 for 5 yards. Tackle by 21-John Ashley. 28-Frederick Ward breaks down the CB. 28-Robert Carter got away with a hold on that play.</t>
   </si>
   <si>
     <t>8:59</t>
   </si>
   <si>
     <t>TEX 31</t>
   </si>
   <si>
     <t>4-4-TEX 31 (8:58) 7-Edwin Welch pass complete to 28-Frederick Ward to TEX 50 for 18 yards. Tackle by 21-John Ashley. Great move by 28-Frederick Ward to get free of his coverage.</t>
   </si>
   <si>
     <t>#52 Gordon Lacy - SLB</t>
   </si>
   <si>
     <t>8:32</t>
   </si>
   <si>
     <t>1-10-TEX 50 (8:31) 9-Steven Parent pass Pass knocked down by 26-James Williams. incomplete, intended for 85-Anthony Snyder.</t>
   </si>
   <si>
-    <t>#86 Dana Earley - WR</t>
+    <t>#22 Dana Earley - RB</t>
   </si>
   <si>
     <t>8:27</t>
   </si>
   <si>
     <t>2-10-TEX 50 (8:28) 7-Edwin Welch pass complete to 8-William Holley to CIN 49 for 1 yards. Tackle by 53-Harry Ulrich.</t>
   </si>
   <si>
     <t>8:04</t>
   </si>
   <si>
     <t>3-9-CIN 49 (8:03) 9-Steven Parent sacked at TEX 43 for -7 yards (76-Micheal Steinman). Sack allowed by 42-Michael Gray.</t>
   </si>
   <si>
     <t>7:45</t>
   </si>
   <si>
     <t>TEX 43</t>
   </si>
   <si>
     <t>4-16-TEX 43 (7:44) 18-Donald Howery punts 53 yards to CIN 3.</t>
   </si>
   <si>
     <t>7:36</t>
   </si>