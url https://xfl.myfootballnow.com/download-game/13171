--- v0 (2026-01-09)
+++ v1 (2026-03-04)
@@ -374,51 +374,51 @@
   <si>
     <t>#68 Pedro Lamm - LG</t>
   </si>
   <si>
     <t>#67 David Kelleher - C</t>
   </si>
   <si>
     <t>#69 James Trueman - RG</t>
   </si>
   <si>
     <t>#78 Raymundo Stanford - RT</t>
   </si>
   <si>
     <t>#53 Lloyd Sanderson - LDE</t>
   </si>
   <si>
     <t>#98 Kenneth Kirchner - DT</t>
   </si>
   <si>
     <t>#94 Sam Garcia - DT</t>
   </si>
   <si>
     <t>#66 Nathan Cathcart - RDE</t>
   </si>
   <si>
-    <t>#95 Gustavo Burnett - MLB</t>
+    <t>#96 Gustavo Burnett - MLB</t>
   </si>
   <si>
     <t>#55 Matthew McDonald - WLB</t>
   </si>
   <si>
     <t>#36 Gabriel Hill - CB</t>
   </si>
   <si>
     <t>#42 Michael Hudock - CB</t>
   </si>
   <si>
     <t>#24 Leslie McKenzie - CB</t>
   </si>
   <si>
     <t>#22 James Harris - FS</t>
   </si>
   <si>
     <t>#43 Berry Gelato - FS</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>NYE 27</t>
   </si>
@@ -449,93 +449,93 @@
   <si>
     <t>3-8-NYE 27 (14:21) 28-Duane Clark ran to NYE 28 for 1 yards. Tackle by 98-Kenneth Kirchner.</t>
   </si>
   <si>
     <t>13:46</t>
   </si>
   <si>
     <t>NYE 28</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-NYE 28 (13:45) 4-Steven Gow punts 49 yards to OAK 23. 24-Leslie McKenzie to OAK 23 for 1 yards. Tackle by 55-Bryant Tubbs. 36-Gabriel Hill missed that block completely.</t>
   </si>
   <si>
     <t>#4 Steven Gow - P</t>
   </si>
   <si>
     <t>#68 Robert Shearer - RDE</t>
   </si>
   <si>
-    <t>#63 David Carey - C</t>
+    <t>#51 David Carey - C</t>
   </si>
   <si>
     <t>#64 Joseph Nelson - LG</t>
   </si>
   <si>
     <t>#62 Ronald Skelly - C</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>OAK 23</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>Quarter Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-OAK 23 (13:37) 44-Steven Ferreira ran to OAK 26 for 2 yards. 44-Steven Ferreira FUMBLES (91-Hubert Paine) recovered by OAK-60-Francisco Brennan at OAK 27. Tackle by 23-Marco Mann.</t>
   </si>
   <si>
     <t>#3 David Travis - QB</t>
   </si>
   <si>
     <t>#44 Steven Ferreira - RB</t>
   </si>
   <si>
     <t>#46 Billy White - FB</t>
   </si>
   <si>
     <t>#18 Lonnie Mitchell - WR</t>
   </si>
   <si>
     <t>#17 John Enriquez - WR</t>
   </si>
   <si>
     <t>#82 Ian Lopez - WR</t>
   </si>
   <si>
-    <t>#62 Larry Peterson - LT</t>
+    <t>#52 Larry Peterson - LT</t>
   </si>
   <si>
     <t>#50 Damon Mahar - RG</t>
   </si>
   <si>
     <t>#60 Francisco Brennan - C</t>
   </si>
   <si>
     <t>#33 John Parks - RG</t>
   </si>
   <si>
     <t>#76 Lewis Nelson - RT</t>
   </si>
   <si>
     <t>#99 Ruben Meas - LDE</t>
   </si>
   <si>
     <t>#94 Robert Holloway - RDE</t>
   </si>
   <si>
     <t>#46 Charles Brown - CB</t>
   </si>
   <si>
     <t>#43 Dennis Walker - CB</t>
   </si>