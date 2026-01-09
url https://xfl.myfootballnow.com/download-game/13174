--- v0 (2025-12-16)
+++ v1 (2026-01-09)
@@ -365,93 +365,93 @@
   <si>
     <t>#89 Samuel Vanderpool - WR</t>
   </si>
   <si>
     <t>#76 James Harrington - C</t>
   </si>
   <si>
     <t>#71 Dennis Vickers - LT</t>
   </si>
   <si>
     <t>#73 Quintin Duffy - C</t>
   </si>
   <si>
     <t>#62 Todd Gallant - RT</t>
   </si>
   <si>
     <t>#74 Michael Phelan - LT</t>
   </si>
   <si>
     <t>#95 Joe Young - LDE</t>
   </si>
   <si>
     <t>#72 William Apple - MLB</t>
   </si>
   <si>
-    <t>#33 John Baines - DT</t>
+    <t>#33 John Baines - MLB</t>
   </si>
   <si>
     <t>#79 Michael Tucker - WLB</t>
   </si>
   <si>
     <t>#93 Rene Johnson - WLB</t>
   </si>
   <si>
-    <t>#41 John Branch - RDE</t>
+    <t>#41 John Branch - CB</t>
   </si>
   <si>
     <t>#59 Alex Schmidt - SLB</t>
   </si>
   <si>
     <t>#31 Brian Murphy - CB</t>
   </si>
   <si>
     <t>#22 Curtis McKenna - CB</t>
   </si>
   <si>
     <t>#37 Jerry Santibanez - CB</t>
   </si>
   <si>
     <t>#99 David Hartzler - FS</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>IND 24</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Dime Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-11-IND 24 (14:20) 11-Juan Dotson pass complete to 80-Anthony Ferry to IND 27 for 3 yards. Tackle by 22-Curtis McKenna.</t>
   </si>
   <si>
-    <t>#58 John Caudill - CB</t>
+    <t>#58 John Caudill - FS</t>
   </si>
   <si>
     <t>#47 Derrick Pinson - CB</t>
   </si>
   <si>
     <t>13:41</t>
   </si>
   <si>
     <t>IND 27</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>3-8-IND 27 (13:40) PENALTY - False Start (IND 71-Dennis Vickers)</t>
   </si>
   <si>
     <t>#87 David Daly - WR</t>
   </si>
   <si>
     <t>#25 Carl Parramore - CB</t>
   </si>
@@ -476,51 +476,51 @@
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-13-IND 22 (13:36) 12-Kevin Roth punts 48 yards to DAY 30. Fair Catch by 27-Donald Myers.</t>
   </si>
   <si>
     <t>#12 Kevin Roth - P</t>
   </si>
   <si>
     <t>#27 Donald Myers - WR</t>
   </si>
   <si>
     <t>#39 Sean Kolb - RB</t>
   </si>
   <si>
     <t>#89 Frankie Bales - RB</t>
   </si>
   <si>
-    <t>#10 Scott Rodriquez - C</t>
+    <t>#10 Scott Rodriquez - WR</t>
   </si>
   <si>
     <t>#55 Roger Cory - C</t>
   </si>
   <si>
     <t>#58 Joseph Oceguera - RT</t>
   </si>
   <si>
     <t>#66 Felix Nisbett - LG</t>
   </si>
   <si>
     <t>#56 Craig Miller - SLB</t>
   </si>
   <si>
     <t>13:29</t>
   </si>
   <si>
     <t>DAY 30</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
@@ -536,135 +536,135 @@
   <si>
     <t>#86 Joseph Hearn - C</t>
   </si>
   <si>
     <t>#11 Devin Valles - WR</t>
   </si>
   <si>
     <t>#15 John Hebert - WR</t>
   </si>
   <si>
     <t>#16 Billy Hood - WR</t>
   </si>
   <si>
     <t>#68 Edward Campbell - C</t>
   </si>
   <si>
     <t>#77 Jack Stone - C</t>
   </si>
   <si>
     <t>#52 Terry Swanson - C</t>
   </si>
   <si>
     <t>#69 John Clements - C</t>
   </si>
   <si>
-    <t>#67 Daniel Powell - RG</t>
+    <t>#67 Daniel Powell - RT</t>
   </si>
   <si>
     <t>#99 Michael Townsend - LDE</t>
   </si>
   <si>
     <t>#95 Steven Evans - RDE</t>
   </si>
   <si>
     <t>#94 Kenneth Strauss - RDE</t>
   </si>
   <si>
     <t>#50 Nathan Hall - SLB</t>
   </si>
   <si>
     <t>#31 Jonathon Johnson - CB</t>
   </si>
   <si>
     <t>#28 Richard Boothe - CB</t>
   </si>
   <si>
     <t>#41 David Johnson - CB</t>
   </si>
   <si>
     <t>#44 Jamie Anderson - CB</t>
   </si>
   <si>
     <t>#51 Robert Justice - FS</t>
   </si>
   <si>
     <t>13:25</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>2-10-DAY 30 (13:26) 4-Alfred Duquette pass incomplete, intended for 16-Billy Hood.</t>
   </si>
   <si>
-    <t>#87 Enrique Pierce - C</t>
+    <t>#87 Enrique Pierce - WR</t>
   </si>
   <si>
     <t>13:23</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>3-10-DAY 30 (13:24) 49-Richard Espinal ran to DAY 39 for 9 yards. Tackle by 31-Jonathon Johnson.</t>
   </si>
   <si>
     <t>12:50</t>
   </si>
   <si>
     <t>DAY 39</t>
   </si>
   <si>
     <t>4-1-DAY 39 (12:49) 5-George Brown punts 42 yards to IND 19.</t>
   </si>
   <si>
     <t>#5 George Brown - P</t>
   </si>
   <si>
     <t>#83 Adam Hogan - C</t>
   </si>
   <si>
     <t>#65 Lee Christmas - LT</t>
   </si>
   <si>
     <t>12:38</t>
   </si>
   <si>
     <t>IND 19</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-IND 19 (12:39) 11-Juan Dotson pass Pass knocked down by 31-Brian Murphy. incomplete, intended for 80-Anthony Ferry.</t>
   </si>
   <si>
-    <t>#28 Donald Michael - RDE</t>
+    <t>#28 Donald Michael - CB</t>
   </si>
   <si>
     <t>12:36</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>2-10-IND 19 (12:37) 17-John Webb ran to IND 22 for 3 yards. Tackle by 41-John Branch.</t>
   </si>
   <si>
     <t>12:01</t>
   </si>
   <si>
     <t>Singleback Slot Strong Overload Strong</t>
   </si>
   <si>
     <t>3-7-IND 22 (12:00) 11-Juan Dotson pass Pass knocked down by 31-Brian Murphy. incomplete, intended for 17-John Webb. Pressure by 79-Michael Tucker.</t>
   </si>
   <si>
     <t>11:55</t>
   </si>
   <si>
     <t>4-7-IND 22 (11:56) 12-Kevin Roth punts 50 yards to DAY 28. Fair Catch by 27-Donald Myers.</t>
   </si>
@@ -2166,107 +2166,107 @@
   <dimension ref="A1:CD172"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="356.199" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="74" max="74" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>