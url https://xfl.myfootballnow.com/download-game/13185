--- v0 (2025-12-16)
+++ v1 (2026-01-09)
@@ -362,108 +362,108 @@
   <si>
     <t>#80 Gary Miller - TE</t>
   </si>
   <si>
     <t>#82 James Rhyne - WR</t>
   </si>
   <si>
     <t>#19 Daniel Slayden - WR</t>
   </si>
   <si>
     <t>#72 Lawrence Brown - LT</t>
   </si>
   <si>
     <t>#66 Anthony Guinyard - LG</t>
   </si>
   <si>
     <t>#60 Jonathan Conrad - C</t>
   </si>
   <si>
     <t>#78 Gustavo Lee - RG</t>
   </si>
   <si>
     <t>#75 Richard Seitz - RT</t>
   </si>
   <si>
-    <t>#93 Scott Carmack - LDE</t>
+    <t>#93 Scott Carmack - SS</t>
   </si>
   <si>
     <t>#97 Ray Higgins - DT</t>
   </si>
   <si>
     <t>#99 Ted Soto - DT</t>
   </si>
   <si>
-    <t>#92 Jimmie Eldridge - RDE</t>
-[...8 lines deleted...]
-    <t>#55 George Roberts - WLB</t>
+    <t>#92 Jimmie Eldridge - WLB</t>
+  </si>
+  <si>
+    <t>#56 Ruben Kipp - FS</t>
+  </si>
+  <si>
+    <t>#51 Lawrence Hutchinson - FS</t>
+  </si>
+  <si>
+    <t>#55 George Roberts - FS</t>
   </si>
   <si>
     <t>#23 Jose Brooks - CB</t>
   </si>
   <si>
     <t>#27 William Fernandez - CB</t>
   </si>
   <si>
     <t>#28 Kenneth Stephenson - CB</t>
   </si>
   <si>
     <t>#29 Vincent Watson - CB</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>PIT 17</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-18-PIT 17 (14:18) 48-Gilbert Yates ran to PIT 16 for -1 yards. Tackle by 57-Bradley Moore.</t>
   </si>
   <si>
     <t>#10 Jason Burton - WR</t>
   </si>
   <si>
     <t>#99 Jose Snyder - DT</t>
   </si>
   <si>
-    <t>#50 Dale Williams - MLB</t>
-[...2 lines deleted...]
-    <t>#57 Bradley Moore - WLB</t>
+    <t>#50 Dale Williams - FS</t>
+  </si>
+  <si>
+    <t>#57 Bradley Moore - FS</t>
   </si>
   <si>
     <t>#26 Matthew Lopez - CB</t>
   </si>
   <si>
     <t>#24 Ralph Witham - CB</t>
   </si>
   <si>
     <t>#22 Billy Davis - CB</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>PIT 16</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>3-19-PIT 16 (13:41) 48-Gilbert Yates ran to PIT 20 for 3 yards. Tackle by 57-Bradley Moore.</t>
   </si>
@@ -473,162 +473,162 @@
   <si>
     <t>#86 Pierre Laforge - TE</t>
   </si>
   <si>
     <t>13:06</t>
   </si>
   <si>
     <t>PIT 20</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-15-PIT 20 (13:05) 8-Jason Barrier punts 50 yards to NEC 30. 35-Charles Lyons to PIT 46 for 24 yards. Tackle by 8-Jason Barrier.</t>
   </si>
   <si>
     <t>#8 Jason Barrier - P</t>
   </si>
   <si>
     <t>#70 Chad Klein - LG</t>
   </si>
   <si>
-    <t>#35 Charles Lyons - RB</t>
+    <t>#35 Charles Lyons - WR</t>
   </si>
   <si>
     <t>#84 Dwain Brooks - LT</t>
   </si>
   <si>
-    <t>#94 Norman Gates - LDE</t>
+    <t>#94 Norman Gates - SS</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>PIT 46</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>1-10-PIT 46 (12:52) 9-Alonzo Gibson pass Pass knocked down by 45-Lewis Nez. incomplete, intended for 17-Robert Cupp.</t>
   </si>
   <si>
     <t>#9 Alonzo Gibson - QB</t>
   </si>
   <si>
-    <t>#30 Paul McGuire - RB</t>
-[...2 lines deleted...]
-    <t>#46 Clifford Simmons - FB</t>
+    <t>#30 Paul McGuire - WR</t>
+  </si>
+  <si>
+    <t>#86 Clifford Simmons - FB</t>
   </si>
   <si>
     <t>#17 Robert Cupp - WR</t>
   </si>
   <si>
     <t>#19 Todd Pilon - WR</t>
   </si>
   <si>
     <t>#14 Michael Huffman - WR</t>
   </si>
   <si>
-    <t>#67 Matthew Patterson - LT</t>
+    <t>#76 Matthew Patterson - LT</t>
   </si>
   <si>
     <t>#66 Albert Scott - LG</t>
   </si>
   <si>
     <t>#62 Raymond Miller - C</t>
   </si>
   <si>
-    <t>#79 Darryl Wyman - RG</t>
+    <t>#69 Darryl Wyman - RG</t>
   </si>
   <si>
     <t>#78 William Kuhn - RT</t>
   </si>
   <si>
     <t>#69 Raul Bender - DT</t>
   </si>
   <si>
     <t>#95 Scott Johnson - SLB</t>
   </si>
   <si>
     <t>#59 Howard Drye - MLB</t>
   </si>
   <si>
     <t>#1 Marshall Taylor - WLB</t>
   </si>
   <si>
     <t>#20 Herman Sipple - CB</t>
   </si>
   <si>
     <t>#44 Daniel Mattison - CB</t>
   </si>
   <si>
     <t>#45 Lewis Nez - FS</t>
   </si>
   <si>
     <t>12:48</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>2-10-PIT 46 (12:49) 9-Alonzo Gibson pass complete to 17-Robert Cupp to PIT 43 for 2 yards. Tackle by 30-Ali Claypool.</t>
   </si>
   <si>
-    <t>#81 Joseph Reyes - TE</t>
+    <t>#81 Joseph Reyes - FB</t>
   </si>
   <si>
     <t>12:16</t>
   </si>
   <si>
     <t>PIT 43</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>3-8-PIT 43 (12:15) 9-Alonzo Gibson pass Pass knocked down by 95-Scott Johnson. incomplete, intended for 35-Charles Lyons. 49-James Elder got away with a hold on that play.</t>
   </si>
   <si>
     <t>12:10</t>
   </si>
   <si>
     <t>4-8-PIT 43 (12:11) 1-Fred Duquette punts 33 yards to PIT 10. Fair Catch by 19-Daniel Slayden.</t>
   </si>
   <si>
     <t>#1 Fred Duquette - P</t>
   </si>
   <si>
-    <t>#63 Matthew Evatt - LT</t>
+    <t>#63 Matthew Evatt - RG</t>
   </si>
   <si>
     <t>#13 Victor Waite - WR</t>
   </si>
   <si>
     <t>12:04</t>
   </si>
   <si>
     <t>PIT 10</t>
   </si>
   <si>
     <t>I Formation 3WR PA Fullback Flat</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-PIT 10 (12:05) 15-Enrique Webb pass complete to 19-Daniel Slayden to PIT 23 for 13 yards. Tackle by 26-Matthew Lopez.</t>
   </si>
   <si>
     <t>11:32</t>
   </si>
   <si>
     <t>PIT 23</t>
   </si>
@@ -713,51 +713,51 @@
   <si>
     <t>NEC 12</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-NEC 12 (9:08) 46-Clifford Simmons ran to NEC 22 for 10 yards. Tackle by 44-Daniel Mattison.</t>
   </si>
   <si>
     <t>8:26</t>
   </si>
   <si>
     <t>NEC 22</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>2-1-NEC 22 (8:25) 35-Charles Lyons ran to NEC 23 for a short gain. Tackle by 1-Marshall Taylor.</t>
   </si>
   <si>
-    <t>#33 Paul Bogle - RB</t>
+    <t>#33 Paul Bogle - WR</t>
   </si>
   <si>
     <t>7:48</t>
   </si>
   <si>
     <t>NEC 23</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-NEC 23 (7:47) 35-Charles Lyons ran to NEC 28 for 5 yards. Tackle by 95-Scott Johnson.</t>
   </si>
   <si>
     <t>7:11</t>
   </si>
   <si>
     <t>NEC 28</t>
   </si>
   <si>
     <t>2-5-NEC 28 (7:10) 9-Alonzo Gibson sacked at NEC 23 for -4 yards (91-William Martin). Sack allowed by 46-Clifford Simmons. PENALTY - Offsides (PIT 93-Eugene Jones)</t>
   </si>
   <si>
     <t>7:06</t>
   </si>
@@ -770,51 +770,51 @@
   <si>
     <t>1-10-NEC 33 (7:07) 46-Clifford Simmons ran to NEC 36 for 3 yards. Tackle by 95-Scott Johnson.</t>
   </si>
   <si>
     <t>6:23</t>
   </si>
   <si>
     <t>NEC 36</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>2-7-NEC 36 (6:22) 9-Alonzo Gibson pass Pass knocked down by 30-Ali Claypool. incomplete, intended for 17-Robert Cupp. 20-Herman Sipple got away with a hold on that play. Pressure by 95-Scott Johnson. NEC 67-Matthew Patterson was injured on the play. He looks like he should be able to return. PIT 1-Marshall Taylor was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>6:17</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>3-7-NEC 36 (6:18) 35-Charles Lyons ran to NEC 36 for a short loss. Tackle by 57-Jeremy Hurley.</t>
   </si>
   <si>
-    <t>#38 William Bonomo - RB</t>
+    <t>#88 William Bonomo - FB</t>
   </si>
   <si>
     <t>5:41</t>
   </si>
   <si>
     <t>4-7-NEC 36 (5:40) 1-Fred Duquette punts 37 yards to PIT 27.</t>
   </si>
   <si>
     <t>5:30</t>
   </si>
   <si>
     <t>Split Backs Normal Posts</t>
   </si>
   <si>
     <t>1-10-PIT 27 (5:31) 15-Enrique Webb pass Pass knocked down by 29-Vincent Watson. incomplete, intended for 80-Gary Miller.</t>
   </si>
   <si>
     <t>5:26</t>
   </si>
   <si>
     <t>2-10-PIT 27 (5:27) 15-Enrique Webb pass complete to 27-Michael Olsson to PIT 29 for 2 yards. 27-Michael Olsson FUMBLES (22-Billy Davis) recovered by NEC-99-Jose Snyder to PIT 10 for 18 yards. Tackle by 19-Daniel Slayden.</t>
   </si>
   <si>
     <t>5:17</t>
   </si>
@@ -1031,51 +1031,51 @@
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>2-11-PIT 10 (12:48) 48-Gilbert Yates ran to PIT 21 for 10 yards. Tackle by 28-Kenneth Stephenson.</t>
   </si>
   <si>
     <t>PIT 21</t>
   </si>
   <si>
     <t>3-1-PIT 21 (12:03) 15-Enrique Webb pass complete to 48-Gilbert Yates to PIT 47 for 27 yards. Tackle by 57-Bradley Moore.</t>
   </si>
   <si>
     <t>11:16</t>
   </si>
   <si>
     <t>PIT 47</t>
   </si>
   <si>
     <t>1-10-PIT 47 (11:15) 15-Enrique Webb pass incomplete, intended for 82-James Rhyne.</t>
   </si>
   <si>
     <t>#62 Felix Blose - RT</t>
   </si>
   <si>
-    <t>#96 Daniel Hummel - RDE</t>
+    <t>#96 Daniel Hummel - WLB</t>
   </si>
   <si>
     <t>11:11</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>2-10-PIT 47 (11:12) 15-Enrique Webb pass Pass knocked down by 51-Lawrence Hutchinson. incomplete, intended for 86-Pierre Laforge.</t>
   </si>
   <si>
     <t>11:08</t>
   </si>
   <si>
     <t>3-10-PIT 47 (11:09) 45-Fernando Russo ran to NEC 46 for 6 yards. Tackle by 55-George Roberts.</t>
   </si>
   <si>
     <t>10:29</t>
   </si>
   <si>
     <t>4-4-NEC 46 (10:28) 8-Jason Barrier punts 34 yards to NEC 12.</t>
   </si>
   <si>
     <t>#64 Francis Spaulding - C</t>
   </si>
@@ -1466,51 +1466,51 @@
   <si>
     <t>7:10</t>
   </si>
   <si>
     <t>PIT 2</t>
   </si>
   <si>
     <t>4-18-PIT 2 (7:09) 8-Jason Barrier punts 54 yards to NEC 44. 35-Charles Lyons to PIT 48 for 9 yards. Tackle by 55-William Dunn.</t>
   </si>
   <si>
     <t>6:59</t>
   </si>
   <si>
     <t>1-10-PIT 48 (7:00) PENALTY - False Start (NEC 79-Darryl Wyman)</t>
   </si>
   <si>
     <t>1-15-NEC 47 (7:00) 9-Alonzo Gibson pass complete to 17-Robert Cupp to PIT 1 for 51 yards. Tackle by 30-Ali Claypool. 17-Robert Cupp made a great move on the CB. PENALTY - Holding (NEC 79-Darryl Wyman)</t>
   </si>
   <si>
     <t>NEC 37</t>
   </si>
   <si>
     <t>1-25-NEC 37 (6:52) 9-Alonzo Gibson sacked at NEC 30 for -7 yards (97-Russell Hambright). Sack allowed by 75-David Johnson.</t>
   </si>
   <si>
-    <t>#77 Harold Bedwell - RG</t>
+    <t>#77 Harold Bedwell - LT</t>
   </si>
   <si>
     <t>#75 David Johnson - RT</t>
   </si>
   <si>
     <t>6:07</t>
   </si>
   <si>
     <t>NEC 30</t>
   </si>
   <si>
     <t>2-32-NEC 30 (6:06) 9-Alonzo Gibson pass complete to 35-Charles Lyons to NEC 31 for 2 yards. Tackle by 35-Michael Smead.</t>
   </si>
   <si>
     <t>NEC 31</t>
   </si>
   <si>
     <t>3-31-NEC 31 (5:25) 9-Alonzo Gibson pass complete to 17-Robert Cupp to NEC 35 for 4 yards. Tackle by 44-Daniel Mattison. Great move by 17-Robert Cupp to get free of his coverage.</t>
   </si>
   <si>
     <t>4:50</t>
   </si>
   <si>
     <t>4-27-NEC 35 (4:49) PENALTY - False Start (NEC 23-Jose Brooks)</t>
   </si>
@@ -2328,97 +2328,97 @@
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="451.747" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="37" max="37" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="82" max="82" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="81" max="81" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="34.135" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">