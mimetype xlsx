--- v0 (2025-12-16)
+++ v1 (2026-01-09)
@@ -281,54 +281,54 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>TEX has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>ORG</t>
   </si>
   <si>
     <t>ORG 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 12-Michael Mercier kicks 69 yards from ORG 35 to TEX -4. Touchback.</t>
   </si>
   <si>
-    <t>#28 Frederick Ward - WR</t>
-[...2 lines deleted...]
-    <t>#87 Roger Rodriguez - WR</t>
+    <t>#89 Frederick Ward - TE</t>
+  </si>
+  <si>
+    <t>#36 Roger Rodriguez - RB</t>
   </si>
   <si>
     <t>#52 Rodney Reyes - CB</t>
   </si>
   <si>
     <t>#41 Adam Robinson - CB</t>
   </si>
   <si>
     <t>#25 Franklin Sanchez - CB</t>
   </si>
   <si>
     <t>#37 John Powell - FS</t>
   </si>
   <si>
     <t>#47 Jeremy Walker - SS</t>
   </si>
   <si>
     <t>#54 Clarence Raap - CB</t>
   </si>
   <si>
     <t>#1 Ted Eberly - CB</t>
   </si>
   <si>
     <t>#8 William Holley - WR</t>
   </si>
@@ -449,123 +449,123 @@
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-TEX 31 (14:51) 9-Steven Parent pass complete to 43-Donald Singletary to TEX 37 for 6 yards. Tackle by 39-Henry Granata. 25-Brian Oneill got away with a hold on that play.</t>
   </si>
   <si>
     <t>14:10</t>
   </si>
   <si>
     <t>TEX 37</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>2-4-TEX 37 (14:09) PENALTY - False Start (TEX 93-Thomas Epps)</t>
   </si>
   <si>
-    <t>#14 Van McComb - WR</t>
+    <t>#13 Van McComb - WR</t>
   </si>
   <si>
     <t>#26 David Robinson - CB</t>
   </si>
   <si>
     <t>14:08</t>
   </si>
   <si>
     <t>TEX 32</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-9-TEX 32 (14:09) 9-Steven Parent pass complete to 43-Donald Singletary to TEX 35 for 3 yards. Tackle by 25-Brian Oneill.</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>TEX 35</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>3-6-TEX 35 (13:34) 9-Steven Parent pass Pass knocked down by 27-Hector Anderson. incomplete, intended for 8-William Holley. TEX 44-Roscoe Barrios was injured on the play. He looks like he should be able to return. PENALTY - Holding (TEX 44-Roscoe Barrios) (Declined)</t>
   </si>
   <si>
     <t>13:28</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-TEX 35 (13:29) 18-Donald Howery punts 47 yards to ORG 17. Fair Catch by 35-James Crawford.</t>
   </si>
   <si>
     <t>#18 Donald Howery - P</t>
   </si>
   <si>
-    <t>#86 Dana Earley - WR</t>
+    <t>#22 Dana Earley - RB</t>
   </si>
   <si>
     <t>#35 James Crawford - WR</t>
   </si>
   <si>
     <t>#49 Andrew Jeffords - FS</t>
   </si>
   <si>
     <t>#31 Alberto Banta - RB</t>
   </si>
   <si>
-    <t>#82 Donald Shellman - WR</t>
+    <t>#1 Donald Shellman - RB</t>
   </si>
   <si>
     <t>#74 Steven Hayes - LT</t>
   </si>
   <si>
     <t>#63 Clarence Larabee - RT</t>
   </si>
   <si>
     <t>#33 Douglas McKinney - RB</t>
   </si>
   <si>
     <t>#15 Brock Scott - WR</t>
   </si>
   <si>
-    <t>#42 Edward Meeks - FB</t>
+    <t>#42 Edward Meeks - RB</t>
   </si>
   <si>
     <t>13:22</t>
   </si>
   <si>
     <t>ORG 17</t>
   </si>
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Blitz</t>
   </si>
   <si>
     <t>1-10-ORG 17 (13:23) 5-David Meier pass complete to 42-Edward Meeks to ORG 45 for 27 yards.</t>
   </si>
   <si>
     <t>#5 David Meier - QB</t>
   </si>
   <si>
     <t>#89 Kenneth Dunbar - TE</t>
   </si>
   <si>
     <t>#86 David Anderson - TE</t>
   </si>
@@ -761,51 +761,51 @@
   <si>
     <t>Strong I Big WR Quick In</t>
   </si>
   <si>
     <t>2-1-TEX 1 (6:25) 5-David Meier pass complete to 86-David Anderson for 1 yards. TOUCHDOWN! ORG 6 TEX 0</t>
   </si>
   <si>
     <t>6:23</t>
   </si>
   <si>
     <t>TEX 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(6:24) Extra point GOOD by 12-Michael Mercier. ORG 7 TEX 0</t>
   </si>
   <si>
     <t>#74 Carlos Johns - LT</t>
   </si>
   <si>
-    <t>#28 Kenneth Minor - FB</t>
+    <t>#80 Kenneth Minor - TE</t>
   </si>
   <si>
     <t>#60 Bruce Lujan - RG</t>
   </si>
   <si>
     <t>(6:24) 12-Michael Mercier kicks 71 yards from ORG 35 to TEX -6. 28-Frederick Ward to TEX 21 for 28 yards. Tackle by 42-Edward Meeks.</t>
   </si>
   <si>
     <t>6:18</t>
   </si>
   <si>
     <t>TEX 21</t>
   </si>
   <si>
     <t>1-10-TEX 21 (6:19) 9-Steven Parent pass Pass knocked down by 25-Brian Oneill. incomplete, intended for 43-Donald Singletary. 39-Henry Granata got away with a hold on that play.</t>
   </si>
   <si>
     <t>6:16</t>
   </si>
   <si>
     <t>2-10-TEX 21 (6:17) 9-Steven Parent pass complete to 46-Ricardo Bushway to TEX 23 for 2 yards. Tackle by 27-Hector Anderson.</t>
   </si>
   <si>
     <t>5:34</t>
   </si>