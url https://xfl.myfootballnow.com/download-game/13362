--- v0 (2026-01-29)
+++ v1 (2026-02-19)
@@ -371,234 +371,234 @@
   <si>
     <t>#51 Frederick May - LG</t>
   </si>
   <si>
     <t>#75 Freddie King - LG</t>
   </si>
   <si>
     <t>#63 Wade Hixon - C</t>
   </si>
   <si>
     <t>#77 David Andress - RT</t>
   </si>
   <si>
     <t>#76 Antonio Warren - LT</t>
   </si>
   <si>
     <t>#93 Ralph Jordan - LDE</t>
   </si>
   <si>
     <t>#90 Michael Gonzales - LDE</t>
   </si>
   <si>
     <t>#29 Terry Perry - CB</t>
   </si>
   <si>
-    <t>#94 James Muirhead - RDE</t>
-[...11 lines deleted...]
-    <t>#35 Jessie Caldwell - LDE</t>
+    <t>#94 James Muirhead - MLB</t>
+  </si>
+  <si>
+    <t>#1 Stephen Huff - FS</t>
+  </si>
+  <si>
+    <t>#41 Michael Anderson - FS</t>
+  </si>
+  <si>
+    <t>#33 Toby Walton - FS</t>
+  </si>
+  <si>
+    <t>#35 Jessie Caldwell - FS</t>
   </si>
   <si>
     <t>#40 Chris Sims - CB</t>
   </si>
   <si>
-    <t>#46 Garrett Holt - LDE</t>
+    <t>#46 Garrett Holt - CB</t>
   </si>
   <si>
     <t>#53 Thomas Richards - CB</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-BRO 25 (14:57) 86-Gilberto Small ran to BRO 34 for 9 yards. Tackle by 34-Matthew McClendon. BUF 42-Liam McStrong was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#86 Gilberto Small - WR</t>
   </si>
   <si>
-    <t>#42 Liam McStrong - LDE</t>
+    <t>#42 Liam McStrong - SS</t>
   </si>
   <si>
     <t>#21 Machine Gun Joe Viterbo - WR</t>
   </si>
   <si>
     <t>#24 John Barnett - SS</t>
   </si>
   <si>
     <t>#31 Charles Elliott - CB</t>
   </si>
   <si>
-    <t>#37 Jeffrey Pritchett - RDE</t>
+    <t>#37 Jeffrey Pritchett - SS</t>
   </si>
   <si>
     <t>#34 Matthew McClendon - CB</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>BRO 34</t>
   </si>
   <si>
     <t>Dime Flat MLB SS Blitz</t>
   </si>
   <si>
     <t>3-1-BRO 34 (14:17) 86-Gilberto Small ran to BRO 32 for -2 yards. Tackle by 46-Garrett Holt. BRO 86-Gilberto Small was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#83 Popcorn Sutton - WR</t>
   </si>
   <si>
     <t>13:43</t>
   </si>
   <si>
     <t>BRO 32</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-3-BRO 32 (13:42) 7-Roland Stinson punts 49 yards to BUF 19. Fair Catch by 19-Phillip Mandell.</t>
   </si>
   <si>
     <t>#18 Roland Stinson - P</t>
   </si>
   <si>
     <t>#59 Edward Nowlin - C</t>
   </si>
   <si>
-    <t>#19 Phillip Mandell - C</t>
+    <t>#19 Phillip Mandell - WR</t>
   </si>
   <si>
     <t>#74 Steve Lenard - C</t>
   </si>
   <si>
     <t>#57 Michael Miller - C</t>
   </si>
   <si>
     <t>#71 Harry Grissom - LT</t>
   </si>
   <si>
     <t>#64 Brandon Barnum - C</t>
   </si>
   <si>
     <t>#69 Sammy Crow - RG</t>
   </si>
   <si>
     <t>#67 Leroy Szabo - C</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>BUF 19</t>
   </si>
   <si>
     <t>Weak I Normal FB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-BUF 19 (13:36) 19-Phillip Mandell ran to BUF 19 for 1 yards. Tackle by 55-Beaver Cleaver.</t>
   </si>
   <si>
     <t>#7 Derick Brewer - QB</t>
   </si>
   <si>
-    <t>#25 John Bingman - LG</t>
+    <t>#25 John Bingman - WR</t>
   </si>
   <si>
     <t>#81 Richard Hoffmann - LG</t>
   </si>
   <si>
     <t>#12 Harvey Davis - WR</t>
   </si>
   <si>
-    <t>#87 Steven Magana - LG</t>
+    <t>#87 Steven Magana - WR</t>
   </si>
   <si>
     <t>#70 Dwight Stahl - RG</t>
   </si>
   <si>
     <t>#62 Jason Lopez - C</t>
   </si>
   <si>
     <t>#50 Dallas Johnson - C</t>
   </si>
   <si>
     <t>#63 Jerry Jensen - C</t>
   </si>
   <si>
     <t>#90 Justin Voegele - LDE</t>
   </si>
   <si>
     <t>#61 Atticus Finch - DT</t>
   </si>
   <si>
     <t>#92 Bubba Reynolds - LDE</t>
   </si>
   <si>
     <t>#94 Gregory Hedden - RDE</t>
   </si>
   <si>
     <t>#55 Beaver Cleaver - WLB</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>2-9-BUF 19 (12:53) 25-John Bingman ran to BUF 35 for 16 yards. Tackle by 34-Edwin Kellum.</t>
   </si>
   <si>
-    <t>#15 Eric Mixon - C</t>
+    <t>#15 Eric Mixon - WR</t>
   </si>
   <si>
     <t>12:10</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-BUF 35 (12:09) 19-Phillip Mandell ran to BUF 39 for 4 yards. Tackle by 55-Beaver Cleaver.</t>
   </si>
   <si>
     <t>#88 Richard Bishop - C</t>
   </si>
   <si>
     <t>#79 Michael Nunes - C</t>
   </si>
   <si>
     <t>11:37</t>
   </si>
   <si>
     <t>BUF 39</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
@@ -611,69 +611,69 @@
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>3-6-BUF 39 (11:01) 19-Phillip Mandell ran to BUF 44 for 5 yards. Tackle by 56-Gabriel Hiner.</t>
   </si>
   <si>
     <t>10:21</t>
   </si>
   <si>
     <t>BUF 44</t>
   </si>
   <si>
     <t>4-1-BUF 44 (10:20) 16-Clayton Klein punts 45 yards to BRO 11. Fair Catch by 29-Joshua Warfield.</t>
   </si>
   <si>
     <t>#16 Clayton Klein - P</t>
   </si>
   <si>
     <t>#89 Mike Oppenheimer - C</t>
   </si>
   <si>
     <t>#69 James Gamez - C</t>
   </si>
   <si>
-    <t>#96 Billy Downing - DT</t>
+    <t>#78 Billy Downing - DT</t>
   </si>
   <si>
     <t>10:12</t>
   </si>
   <si>
     <t>BRO 11</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-BRO 11 (10:13) 13-JT Cahanin ran to BRO 22 for 11 yards. Tackle by 34-Matthew McClendon.</t>
   </si>
   <si>
-    <t>#33 Captain Morgan  - RB</t>
+    <t>#41 Captain Morgan  - RB</t>
   </si>
   <si>
     <t>9:38</t>
   </si>
   <si>
     <t>BRO 22</t>
   </si>
   <si>
     <t>Shotgun Normal FL Slant</t>
   </si>
   <si>
     <t>1-10-BRO 22 (9:37) 6-John Morris pass complete to 13-JT Cahanin to BRO 27 for 5 yards. Tackle by 46-Garrett Holt.</t>
   </si>
   <si>
     <t>8:56</t>
   </si>
   <si>
     <t>BRO 27</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>2-5-BRO 27 (8:55) 6-John Morris pass complete to 83-Popcorn Sutton to BRO 33 for 6 yards. Tackle by 41-Michael Anderson. PENALTY - Pass Interference (BUF 41-Michael Anderson) (Declined)</t>
   </si>
@@ -950,129 +950,129 @@
   <si>
     <t>10:14</t>
   </si>
   <si>
     <t>4-10-BRO 35 (10:15) 16-Clayton Klein punts 29 yards to BRO 5. Fair Catch by 29-Joshua Warfield.</t>
   </si>
   <si>
     <t>10:08</t>
   </si>
   <si>
     <t>BRO 5</t>
   </si>
   <si>
     <t>1-10-BRO 5 (10:09) 6-John Morris sacked at BRO -4 for -10 yards (40-Chris Sims). Sack allowed by 63-Wade Hixon. SAFETY! (40-Chris Sims) BUF 2 BRO 0</t>
   </si>
   <si>
     <t>10:05</t>
   </si>
   <si>
     <t>BRO 20</t>
   </si>
   <si>
     <t>(10:06) 15-James Irving kicks 72 yards from BRO 20 to BUF 8. 14-Henry Casey to BUF 28 for 20 yards. Tackle by 28-Benny Smalling.</t>
   </si>
   <si>
-    <t>#14 Henry Casey - C</t>
+    <t>#14 Henry Casey - WR</t>
   </si>
   <si>
     <t>#55 Stephen Barnes - C</t>
   </si>
   <si>
     <t>#7 James Irving - K</t>
   </si>
   <si>
     <t>10:02</t>
   </si>
   <si>
     <t>BUF 28</t>
   </si>
   <si>
     <t>Strong I Big TE Post</t>
   </si>
   <si>
     <t>1-10-BUF 28 (10:03) 7-Derick Brewer pass complete to 83-Reinaldo Millet to BUF 50 for 22 yards. Tackle by 41-Carmen Lyons.</t>
   </si>
   <si>
     <t>9:16</t>
   </si>
   <si>
     <t>BUF 50</t>
   </si>
   <si>
     <t>1-10-BUF 50 (9:15) 10-Julio Hamilton ran to BRO 47 for 3 yards. Tackle by 55-Beaver Cleaver.</t>
   </si>
   <si>
-    <t>#3 Victor Rainey - C</t>
+    <t>#3 Victor Rainey - FS</t>
   </si>
   <si>
     <t>8:41</t>
   </si>
   <si>
     <t>2-7-BRO 47 (8:40) 25-John Bingman ran to BRO 45 for 1 yards. Tackle by 92-Bubba Reynolds.</t>
   </si>
   <si>
     <t>8:01</t>
   </si>
   <si>
     <t>3-5-BRO 45 (8:00) 7-Derick Brewer pass incomplete, intended for 10-Julio Hamilton.</t>
   </si>
   <si>
     <t>7:55</t>
   </si>
   <si>
     <t>4-5-BRO 45 (7:56) 16-Clayton Klein punts 32 yards to BRO 13. Fair Catch by 29-Joshua Warfield.</t>
   </si>
   <si>
     <t>7:49</t>
   </si>
   <si>
     <t>BRO 13</t>
   </si>
   <si>
     <t>1-10-BRO 13 (7:50) 6-John Morris pass Pass knocked down by 33-Toby Walton. incomplete, intended for 26-David Saylor. Pressure by 94-James Muirhead. BUF 90-Michael Gonzales was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>7:45</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>2-10-BRO 13 (7:46) 6-John Morris pass complete to 86-Gilberto Small to BRO 26 for 13 yards. Tackle by 21-Machine Gun Joe Viterbo.</t>
   </si>
   <si>
     <t>7:05</t>
   </si>
   <si>
     <t>BRO 26</t>
   </si>
   <si>
     <t>1-10-BRO 26 (7:04) 6-John Morris sacked at BRO 17 for -9 yards (93-Ralph Jordan). Sack allowed by 76-Antonio Warren.</t>
   </si>
   <si>
-    <t>#65 Robert Heaps - RT</t>
+    <t>#69 Robert Heaps - RG</t>
   </si>
   <si>
     <t>6:23</t>
   </si>
   <si>
     <t>BRO 17</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>2-19-BRO 17 (6:22) 1-David Waltz ran to BRO 18 for 1 yards. Tackle by 29-Terry Perry.</t>
   </si>
   <si>
     <t>5:40</t>
   </si>
   <si>
     <t>BRO 18</t>
   </si>
   <si>
     <t>3-18-BRO 18 (5:39) 6-John Morris pass complete to 83-Popcorn Sutton to BRO 20 for 1 yards. Tackle by 93-Ralph Jordan. BUF 46-Garrett Holt was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -2228,108 +2228,108 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="393.904" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="22.28" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>