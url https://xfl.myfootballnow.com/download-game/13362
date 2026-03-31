--- v1 (2026-02-19)
+++ v2 (2026-03-31)
@@ -353,252 +353,252 @@
   <si>
     <t>1-10-BRO 25 (15:00) 6-John Morris pass Pass knocked down by 33-Toby Walton. incomplete, intended for 81-Archie Dubin.</t>
   </si>
   <si>
     <t>#6 John Morris - QB</t>
   </si>
   <si>
     <t>#13 JT Cahanin - RB</t>
   </si>
   <si>
     <t>#11 Shayne Sitton - WR</t>
   </si>
   <si>
     <t>#81 Archie Dubin - WR</t>
   </si>
   <si>
     <t>#26 David Saylor - WR</t>
   </si>
   <si>
     <t>#51 Frederick May - LG</t>
   </si>
   <si>
     <t>#75 Freddie King - LG</t>
   </si>
   <si>
-    <t>#63 Wade Hixon - C</t>
+    <t>#54 Wade Hixon - C</t>
   </si>
   <si>
     <t>#77 David Andress - RT</t>
   </si>
   <si>
     <t>#76 Antonio Warren - LT</t>
   </si>
   <si>
     <t>#93 Ralph Jordan - LDE</t>
   </si>
   <si>
     <t>#90 Michael Gonzales - LDE</t>
   </si>
   <si>
     <t>#29 Terry Perry - CB</t>
   </si>
   <si>
-    <t>#94 James Muirhead - MLB</t>
-[...17 lines deleted...]
-    <t>#46 Garrett Holt - CB</t>
+    <t>#94 James Muirhead - LDE</t>
+  </si>
+  <si>
+    <t>#1 Stephen Huff - LDE</t>
+  </si>
+  <si>
+    <t>#41 Michael Anderson - LDE</t>
+  </si>
+  <si>
+    <t>#33 Toby Walton - RDE</t>
+  </si>
+  <si>
+    <t>#35 Jessie Caldwell - LDE</t>
+  </si>
+  <si>
+    <t>#40 Chris Sims - WLB</t>
+  </si>
+  <si>
+    <t>#46 Garrett Holt - RDE</t>
   </si>
   <si>
     <t>#53 Thomas Richards - CB</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-BRO 25 (14:57) 86-Gilberto Small ran to BRO 34 for 9 yards. Tackle by 34-Matthew McClendon. BUF 42-Liam McStrong was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#86 Gilberto Small - WR</t>
   </si>
   <si>
-    <t>#42 Liam McStrong - SS</t>
-[...2 lines deleted...]
-    <t>#21 Machine Gun Joe Viterbo - WR</t>
+    <t>#42 Liam McStrong - LDE</t>
+  </si>
+  <si>
+    <t>#21 Machine Gun Joe Viterbo - C</t>
   </si>
   <si>
     <t>#24 John Barnett - SS</t>
   </si>
   <si>
-    <t>#31 Charles Elliott - CB</t>
-[...2 lines deleted...]
-    <t>#37 Jeffrey Pritchett - SS</t>
+    <t>#31 Charles Elliott - C</t>
+  </si>
+  <si>
+    <t>#37 Jeffrey Pritchett - LDE</t>
   </si>
   <si>
     <t>#34 Matthew McClendon - CB</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>BRO 34</t>
   </si>
   <si>
     <t>Dime Flat MLB SS Blitz</t>
   </si>
   <si>
     <t>3-1-BRO 34 (14:17) 86-Gilberto Small ran to BRO 32 for -2 yards. Tackle by 46-Garrett Holt. BRO 86-Gilberto Small was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#83 Popcorn Sutton - WR</t>
   </si>
   <si>
     <t>13:43</t>
   </si>
   <si>
     <t>BRO 32</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-3-BRO 32 (13:42) 7-Roland Stinson punts 49 yards to BUF 19. Fair Catch by 19-Phillip Mandell.</t>
   </si>
   <si>
     <t>#18 Roland Stinson - P</t>
   </si>
   <si>
     <t>#59 Edward Nowlin - C</t>
   </si>
   <si>
-    <t>#19 Phillip Mandell - WR</t>
+    <t>#19 Phillip Mandell - C</t>
   </si>
   <si>
     <t>#74 Steve Lenard - C</t>
   </si>
   <si>
     <t>#57 Michael Miller - C</t>
   </si>
   <si>
-    <t>#71 Harry Grissom - LT</t>
+    <t>#71 Harry Grissom - C</t>
   </si>
   <si>
     <t>#64 Brandon Barnum - C</t>
   </si>
   <si>
     <t>#69 Sammy Crow - RG</t>
   </si>
   <si>
     <t>#67 Leroy Szabo - C</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>BUF 19</t>
   </si>
   <si>
     <t>Weak I Normal FB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-BUF 19 (13:36) 19-Phillip Mandell ran to BUF 19 for 1 yards. Tackle by 55-Beaver Cleaver.</t>
   </si>
   <si>
     <t>#7 Derick Brewer - QB</t>
   </si>
   <si>
-    <t>#25 John Bingman - WR</t>
+    <t>#25 John Bingman - C</t>
   </si>
   <si>
     <t>#81 Richard Hoffmann - LG</t>
   </si>
   <si>
     <t>#12 Harvey Davis - WR</t>
   </si>
   <si>
-    <t>#87 Steven Magana - WR</t>
+    <t>#87 Steven Magana - C</t>
   </si>
   <si>
     <t>#70 Dwight Stahl - RG</t>
   </si>
   <si>
     <t>#62 Jason Lopez - C</t>
   </si>
   <si>
     <t>#50 Dallas Johnson - C</t>
   </si>
   <si>
     <t>#63 Jerry Jensen - C</t>
   </si>
   <si>
     <t>#90 Justin Voegele - LDE</t>
   </si>
   <si>
     <t>#61 Atticus Finch - DT</t>
   </si>
   <si>
     <t>#92 Bubba Reynolds - LDE</t>
   </si>
   <si>
     <t>#94 Gregory Hedden - RDE</t>
   </si>
   <si>
     <t>#55 Beaver Cleaver - WLB</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>2-9-BUF 19 (12:53) 25-John Bingman ran to BUF 35 for 16 yards. Tackle by 34-Edwin Kellum.</t>
   </si>
   <si>
-    <t>#15 Eric Mixon - WR</t>
+    <t>#15 Eric Mixon - C</t>
   </si>
   <si>
     <t>12:10</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-BUF 35 (12:09) 19-Phillip Mandell ran to BUF 39 for 4 yards. Tackle by 55-Beaver Cleaver.</t>
   </si>
   <si>
     <t>#88 Richard Bishop - C</t>
   </si>
   <si>
     <t>#79 Michael Nunes - C</t>
   </si>
   <si>
     <t>11:37</t>
   </si>
   <si>
     <t>BUF 39</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
@@ -722,51 +722,51 @@
   <si>
     <t>4-5-BRO 38 (7:30) 7-Roland Stinson punts 48 yards to BUF 14. Fair Catch by 19-Phillip Mandell.</t>
   </si>
   <si>
     <t>7:23</t>
   </si>
   <si>
     <t>BUF 14</t>
   </si>
   <si>
     <t>1-10-BUF 14 (7:24) 19-Phillip Mandell ran to BUF 17 for 3 yards. Tackle by 55-Beaver Cleaver.</t>
   </si>
   <si>
     <t>6:43</t>
   </si>
   <si>
     <t>BUF 17</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>2-7-BUF 17 (6:42) 19-Phillip Mandell ran to BUF 23 for 5 yards. Tackle by 34-Edwin Kellum.</t>
   </si>
   <si>
-    <t>#83 Reinaldo Millet - WR</t>
+    <t>#83 Reinaldo Millet - C</t>
   </si>
   <si>
     <t>6:10</t>
   </si>
   <si>
     <t>BUF 23</t>
   </si>
   <si>
     <t>3-2-BUF 23 (6:09) 25-John Bingman ran to BUF 26 for 3 yards. Tackle by 58-Eric Greer.</t>
   </si>
   <si>
     <t>5:35</t>
   </si>
   <si>
     <t>BUF 26</t>
   </si>
   <si>
     <t>1-10-BUF 26 (5:34) 25-John Bingman ran to BUF 34 for 8 yards. Tackle by 58-Eric Greer.</t>
   </si>
   <si>
     <t>4:57</t>
   </si>
   <si>
     <t>BUF 34</t>
   </si>
@@ -860,51 +860,51 @@
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>BRO 16</t>
   </si>
   <si>
     <t>4-5-BRO 16 (14:23) 7-Roland Stinson punts 40 yards to BUF 44. Fair Catch by 19-Phillip Mandell.</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>1-10-BUF 44 (14:17) 25-John Bingman ran to BUF 46 for 2 yards. Tackle by 56-Gabriel Hiner.</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>Strong I Big HB Dive Strong</t>
   </si>
   <si>
     <t>2-8-BUF 46 (13:38) 83-Reinaldo Millet ran to BUF 49 for 3 yards. Tackle by 28-Benny Smalling.</t>
   </si>
   <si>
-    <t>#84 Christopher Oneil - WR</t>
+    <t>#84 Christopher Oneil - C</t>
   </si>
   <si>
     <t>13:03</t>
   </si>
   <si>
     <t>BUF 49</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
   <si>
     <t>3-4-BUF 49 (13:02) 10-Julio Hamilton ran to BRO 45 for 5 yards. Tackle by 58-Eric Greer.</t>
   </si>
   <si>
     <t>#10 Julio Hamilton - LG</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>BRO 45</t>
   </si>
   <si>
     <t>1-10-BRO 45 (12:18) 19-Phillip Mandell ran to BRO 36 for 9 yards. Tackle by 56-Gabriel Hiner.</t>
   </si>
@@ -950,81 +950,81 @@
   <si>
     <t>10:14</t>
   </si>
   <si>
     <t>4-10-BRO 35 (10:15) 16-Clayton Klein punts 29 yards to BRO 5. Fair Catch by 29-Joshua Warfield.</t>
   </si>
   <si>
     <t>10:08</t>
   </si>
   <si>
     <t>BRO 5</t>
   </si>
   <si>
     <t>1-10-BRO 5 (10:09) 6-John Morris sacked at BRO -4 for -10 yards (40-Chris Sims). Sack allowed by 63-Wade Hixon. SAFETY! (40-Chris Sims) BUF 2 BRO 0</t>
   </si>
   <si>
     <t>10:05</t>
   </si>
   <si>
     <t>BRO 20</t>
   </si>
   <si>
     <t>(10:06) 15-James Irving kicks 72 yards from BRO 20 to BUF 8. 14-Henry Casey to BUF 28 for 20 yards. Tackle by 28-Benny Smalling.</t>
   </si>
   <si>
-    <t>#14 Henry Casey - WR</t>
+    <t>#14 Henry Casey - C</t>
   </si>
   <si>
     <t>#55 Stephen Barnes - C</t>
   </si>
   <si>
     <t>#7 James Irving - K</t>
   </si>
   <si>
     <t>10:02</t>
   </si>
   <si>
     <t>BUF 28</t>
   </si>
   <si>
     <t>Strong I Big TE Post</t>
   </si>
   <si>
     <t>1-10-BUF 28 (10:03) 7-Derick Brewer pass complete to 83-Reinaldo Millet to BUF 50 for 22 yards. Tackle by 41-Carmen Lyons.</t>
   </si>
   <si>
     <t>9:16</t>
   </si>
   <si>
     <t>BUF 50</t>
   </si>
   <si>
     <t>1-10-BUF 50 (9:15) 10-Julio Hamilton ran to BRO 47 for 3 yards. Tackle by 55-Beaver Cleaver.</t>
   </si>
   <si>
-    <t>#3 Victor Rainey - FS</t>
+    <t>#3 Victor Rainey - C</t>
   </si>
   <si>
     <t>8:41</t>
   </si>
   <si>
     <t>2-7-BRO 47 (8:40) 25-John Bingman ran to BRO 45 for 1 yards. Tackle by 92-Bubba Reynolds.</t>
   </si>
   <si>
     <t>8:01</t>
   </si>
   <si>
     <t>3-5-BRO 45 (8:00) 7-Derick Brewer pass incomplete, intended for 10-Julio Hamilton.</t>
   </si>
   <si>
     <t>7:55</t>
   </si>
   <si>
     <t>4-5-BRO 45 (7:56) 16-Clayton Klein punts 32 yards to BRO 13. Fair Catch by 29-Joshua Warfield.</t>
   </si>
   <si>
     <t>7:49</t>
   </si>
   <si>
     <t>BRO 13</t>
   </si>
@@ -2221,115 +2221,115 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD176"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="393.904" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="38.848" bestFit="true" customWidth="true" style="0"/>
-[...3 lines deleted...]
-    <col min="20" max="20" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
-[...6 lines deleted...]
-    <col min="43" max="43" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="59" max="59" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="61" max="61" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>