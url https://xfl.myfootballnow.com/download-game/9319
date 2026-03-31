--- v0 (2026-02-05)
+++ v1 (2026-03-31)
@@ -374,51 +374,51 @@
   <si>
     <t>#71 George Reed - RG</t>
   </si>
   <si>
     <t>#76 Stanley Brown - LT</t>
   </si>
   <si>
     <t>#54 Reginald Crosby - C</t>
   </si>
   <si>
     <t>#60 Timothy Heilig - LG</t>
   </si>
   <si>
     <t>#71 David March - C</t>
   </si>
   <si>
     <t>#72 Michael Whaley - LDE</t>
   </si>
   <si>
     <t>#70 Patrick Washington - DT</t>
   </si>
   <si>
     <t>#50 Michael Wilson - DT</t>
   </si>
   <si>
-    <t>#99 Justin Mattox - RDE</t>
+    <t>#53 Justin Mattox - RDE</t>
   </si>
   <si>
     <t>#41 Anthony Mansfield - CB</t>
   </si>
   <si>
     <t>#35 Joshua Chavez - CB</t>
   </si>
   <si>
     <t>#48 Lorenzo Kapoor - LDE</t>
   </si>
   <si>
     <t>#30 Daniel Jenkins - CB</t>
   </si>
   <si>
     <t>#42 Jeffrey Daniels - CB</t>
   </si>
   <si>
     <t>#37 Luis Emery - CB</t>
   </si>
   <si>
     <t>#49 Troy Winchell - CB</t>
   </si>
   <si>
     <t>14:19</t>
   </si>