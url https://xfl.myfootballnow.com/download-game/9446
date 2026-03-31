--- v0 (2026-02-05)
+++ v1 (2026-03-31)
@@ -647,51 +647,51 @@
   <si>
     <t>#80 Thomas Muller - WR</t>
   </si>
   <si>
     <t>#78 Sean Bailey - LG</t>
   </si>
   <si>
     <t>#54 Ken Hedrick - LG</t>
   </si>
   <si>
     <t>#56 Kevin Giglio - C</t>
   </si>
   <si>
     <t>#73 John Coleman - RT</t>
   </si>
   <si>
     <t>#93 Eric Williams - LDE</t>
   </si>
   <si>
     <t>#70 Patrick Washington - DT</t>
   </si>
   <si>
     <t>#50 Michael Wilson - DT</t>
   </si>
   <si>
-    <t>#99 Justin Mattox - RDE</t>
+    <t>#53 Justin Mattox - RDE</t>
   </si>
   <si>
     <t>#42 Jeffrey Daniels - CB</t>
   </si>
   <si>
     <t>8:17</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>2-10-IND 25 (8:18) 23-Danny Melillo ran to IND 23 for -2 yards. Tackle by 49-Troy Winchell.</t>
   </si>
   <si>
     <t>7:36</t>
   </si>
   <si>
     <t>IND 23</t>
   </si>
   <si>
     <t>I Formation 3WR Backfield Flats</t>
   </si>
   <si>
     <t>Dime Flat Man Cover 1</t>
   </si>