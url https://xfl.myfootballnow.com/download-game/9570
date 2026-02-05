--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -299,54 +299,54 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 18-William Pope kicks 74 yards from HOU 35 to PNX -9. Touchback.</t>
   </si>
   <si>
     <t>#44 Lee Lytton - WR</t>
   </si>
   <si>
     <t>#49 Carl Pettit - FS</t>
   </si>
   <si>
     <t>#56 Turkey Leg Summerall - CB</t>
   </si>
   <si>
     <t>#41 Anthony Mansfield - CB</t>
   </si>
   <si>
     <t>#48 Tyrone Birge - CB</t>
   </si>
   <si>
     <t>#49 Troy Winchell - CB</t>
   </si>
   <si>
-    <t>#47 David Smothers - CB</t>
-[...2 lines deleted...]
-    <t>#70 Thomas Reyes - LDE</t>
+    <t>#24 David Smothers - CB</t>
+  </si>
+  <si>
+    <t>#98 Thomas Reyes - LDE</t>
   </si>
   <si>
     <t>#30 Daniel Jenkins - CB</t>
   </si>
   <si>
     <t>#48 Lorenzo Kapoor - LDE</t>
   </si>
   <si>
     <t>#37 Micheal Stewart - CB</t>
   </si>
   <si>
     <t>#18 William Pope - K</t>
   </si>
   <si>
     <t>PNX</t>
   </si>
   <si>
     <t>PNX 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Right</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
@@ -1019,51 +1019,51 @@
   <si>
     <t>10:16</t>
   </si>
   <si>
     <t>3-10-PNX 27 (10:15) 6-Joseph Eady pass complete to 28-Andre Maker to PNX 25 for 2 yards. Tackle by 30-Daniel Jenkins.</t>
   </si>
   <si>
     <t>9:36</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-8-PNX 25 (9:35) 18-William Pope 42 yard field goal is GOOD. HOU 3 PNX 0</t>
   </si>
   <si>
     <t>#15 Bruce Shadrick - QB</t>
   </si>
   <si>
     <t>#60 Timothy Heilig - LG</t>
   </si>
   <si>
-    <t>#99 Justin Mattox - SLB</t>
+    <t>#99 Justin Mattox - RDE</t>
   </si>
   <si>
     <t>#90 Robert Martin - DT</t>
   </si>
   <si>
     <t>#96 Caleb Borowski - DT</t>
   </si>
   <si>
     <t>#59 Clarence King - RDE</t>
   </si>
   <si>
     <t>9:31</t>
   </si>
   <si>
     <t>(9:32) 18-William Pope kicks 70 yards from HOU 35 to PNX -5. 44-Lee Lytton to PNX 23 for 28 yards. Tackle by 20-Matthew Scott.</t>
   </si>
   <si>
     <t>9:26</t>
   </si>
   <si>
     <t>PNX 23</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>
@@ -1715,51 +1715,51 @@
   <si>
     <t>1-10-PNX 35 (14:10) 10-Carmelo Cruz ran to PNX 36 for 1 yards. Tackle by 90-James Spencer.</t>
   </si>
   <si>
     <t>#14 Brandon Rodriguez - QB</t>
   </si>
   <si>
     <t>13:28</t>
   </si>
   <si>
     <t>2-9-PNX 36 (13:27) 10-Carmelo Cruz ran to PNX 41 for 5 yards. Tackle by 20-Matthew Scott.</t>
   </si>
   <si>
     <t>12:43</t>
   </si>
   <si>
     <t>3-4-PNX 41 (12:42) 14-Brandon Rodriguez pass incomplete, intended for 88-Kenneth Ong.</t>
   </si>
   <si>
     <t>12:38</t>
   </si>
   <si>
     <t>4-4-PNX 41 (12:39) 1-Jeff Kempf punts 46 yards to HOU 13. Fair Catch by 82-Brian Ramirez.</t>
   </si>
   <si>
-    <t>#51 John Courtemanche - RT</t>
+    <t>#51 John Courtemanche - C</t>
   </si>
   <si>
     <t>#73 Julio Napoli - LG</t>
   </si>
   <si>
     <t>12:32</t>
   </si>
   <si>
     <t>HOU 13</t>
   </si>
   <si>
     <t>1-10-HOU 13 (12:33) 17-Bruce Shadrick pass Pass knocked down by 46-Tyrone Birge. incomplete, intended for 28-Andre Maker.</t>
   </si>
   <si>
     <t>12:27</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>2-10-HOU 13 (12:28) 28-Andre Maker ran to HOU 20 for 7 yards. Tackle by 56-Turkey Leg Summerall.</t>
   </si>
   <si>
     <t>11:55</t>
   </si>
@@ -2344,51 +2344,51 @@
     <col min="24" max="24" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="49" max="49" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="32.992" bestFit="true" customWidth="true" style="0"/>