--- v1 (2026-02-05)
+++ v2 (2026-03-31)
@@ -1019,51 +1019,51 @@
   <si>
     <t>10:16</t>
   </si>
   <si>
     <t>3-10-PNX 27 (10:15) 6-Joseph Eady pass complete to 28-Andre Maker to PNX 25 for 2 yards. Tackle by 30-Daniel Jenkins.</t>
   </si>
   <si>
     <t>9:36</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-8-PNX 25 (9:35) 18-William Pope 42 yard field goal is GOOD. HOU 3 PNX 0</t>
   </si>
   <si>
     <t>#15 Bruce Shadrick - QB</t>
   </si>
   <si>
     <t>#60 Timothy Heilig - LG</t>
   </si>
   <si>
-    <t>#99 Justin Mattox - RDE</t>
+    <t>#53 Justin Mattox - RDE</t>
   </si>
   <si>
     <t>#90 Robert Martin - DT</t>
   </si>
   <si>
     <t>#96 Caleb Borowski - DT</t>
   </si>
   <si>
     <t>#59 Clarence King - RDE</t>
   </si>
   <si>
     <t>9:31</t>
   </si>
   <si>
     <t>(9:32) 18-William Pope kicks 70 yards from HOU 35 to PNX -5. 44-Lee Lytton to PNX 23 for 28 yards. Tackle by 20-Matthew Scott.</t>
   </si>
   <si>
     <t>9:26</t>
   </si>
   <si>
     <t>PNX 23</t>
   </si>
   <si>
     <t>I Formation Power HB Sweep Weak</t>
   </si>