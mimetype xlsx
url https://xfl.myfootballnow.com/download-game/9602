--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -365,51 +365,51 @@
   <si>
     <t>#15 Joseph Ward - WR</t>
   </si>
   <si>
     <t>#16 Sean Richards - WR</t>
   </si>
   <si>
     <t>#14 Steven Marchese - WR</t>
   </si>
   <si>
     <t>#15 George Smith - WR</t>
   </si>
   <si>
     <t>#58 Brandon Suzuki - C</t>
   </si>
   <si>
     <t>#64 Joey Carney - LG</t>
   </si>
   <si>
     <t>#77 Michael Landry - C</t>
   </si>
   <si>
     <t>#62 Rufus Thompson - LT</t>
   </si>
   <si>
-    <t>#67 Michael Lyons - RG</t>
+    <t>#58 Michael Lyons - RG</t>
   </si>
   <si>
     <t>#72 Michael Whaley - LDE</t>
   </si>
   <si>
     <t>#50 Michael Wilson - DT</t>
   </si>
   <si>
     <t>#79 Nicholas Matias - CB</t>
   </si>
   <si>
     <t>#58 Thomas Gooch - RDE</t>
   </si>
   <si>
     <t>#70 Thomas Reyes - LDE</t>
   </si>
   <si>
     <t>#41 Anthony Mansfield - CB</t>
   </si>
   <si>
     <t>#49 Troy Winchell - CB</t>
   </si>
   <si>
     <t>#30 Daniel Jenkins - CB</t>
   </si>
@@ -425,87 +425,87 @@
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>NYE 19</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>2-3-NYE 19 (14:16) 11-Johnnie Soto ran to NYE 17 for -2 yards. Tackle by 49-Troy Winchell.</t>
   </si>
   <si>
     <t>#87 Jarred Ramos - TE</t>
   </si>
   <si>
     <t>#82 Steve Finch - WR</t>
   </si>
   <si>
     <t>#48 Lorenzo Kapoor - LDE</t>
   </si>
   <si>
-    <t>#47 David Smothers - SS</t>
+    <t>#47 David Smothers - CB</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>NYE 17</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>3-5-NYE 17 (13:37) 9-William Jennings pass incomplete, dropped by 14-Sean Richards.</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-NYE 17 (13:33) 2-Daniel Moore punts 45 yards to PNX 38. Fair Catch by 44-Lee Lytton.</t>
   </si>
   <si>
     <t>#2 Daniel Moore - P</t>
   </si>
   <si>
     <t>#44 Lee Lytton - WR</t>
   </si>
   <si>
     <t>#37 Micheal Stewart - CB</t>
   </si>
   <si>
-    <t>#51 Andy Okeefe - RT</t>
+    <t>#78 Andy Okeefe - RT</t>
   </si>
   <si>
     <t>#72 Scott Brothers - RT</t>
   </si>
   <si>
     <t>#70 Patrick Washington - DT</t>
   </si>
   <si>
     <t>13:26</t>
   </si>
   <si>
     <t>PNX 38</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-PNX 38 (13:27) 40-Son Johnson ran to PNX 46 for 9 yards. Tackle by 50-Jeffrey Baird. NYE 93-Joshua Johnson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#9 Taylor Rojas - QB</t>
   </si>
   <si>
     <t>#92 Son Johnson - RB</t>
   </si>
@@ -683,51 +683,51 @@
   <si>
     <t>#98 Mike Russell - DT</t>
   </si>
   <si>
     <t>(9:49) 6-Stephen Roman kicks 75 yards from PNX 35 to NYE -10. 35-Kenny Davis for 110yards. TOUCHDOWN! PNX 56-Turkey Leg Summerall was injured on the play. He looks like he should be able to return. NYE 6 PNX 7</t>
   </si>
   <si>
     <t>9:32</t>
   </si>
   <si>
     <t>PNX 15</t>
   </si>
   <si>
     <t>(9:33) Extra point GOOD by 4-Chris Claycomb. NYE 7 PNX 7</t>
   </si>
   <si>
     <t>#4 Chris Claycomb - K</t>
   </si>
   <si>
     <t>#65 Joshua Wendt - RG</t>
   </si>
   <si>
     <t>#35 David Freeman - CB</t>
   </si>
   <si>
-    <t>#99 Justin Mattox - DT</t>
+    <t>#99 Justin Mattox - SLB</t>
   </si>
   <si>
     <t>#59 Clarence King - RDE</t>
   </si>
   <si>
     <t>#96 Caleb Borowski - DT</t>
   </si>
   <si>
     <t>#93 Eric Williams - LDE</t>
   </si>
   <si>
     <t>#90 Robert Martin - DT</t>
   </si>
   <si>
     <t>NYE 35</t>
   </si>
   <si>
     <t>(9:33) 4-Chris Claycomb kicks 70 yards from NYE 35 to PNX -5. 44-Lee Lytton to PNX 27 for 33 yards. 44-Lee Lytton FUMBLES (38-Robert Woodie) recovered by PNX-46-Tyrone Birge at PNX 27. Tackle by 30-Marvin Torrey.</t>
   </si>
   <si>
     <t>#22 John Sandoval - SS</t>
   </si>
   <si>
     <t>#34 Matthew Rascon - SS</t>
   </si>
@@ -983,51 +983,51 @@
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>3-1-NYE 0 (13:45) 9-Taylor Rojas pass Pass knocked down by 37-Martin Dalrymple. incomplete, intended for 12-James Hurlbert.</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>4-1-NYE 0 (13:43) 40-Son Johnson ran for 0 yards. TOUCHDOWN! NYE 7 PNX 13</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>(13:41) Extra point GOOD by 6-Stephen Roman. NYE 7 PNX 14</t>
   </si>
   <si>
-    <t>#71 John Courtemanche - RT</t>
+    <t>#51 John Courtemanche - RT</t>
   </si>
   <si>
     <t>#74 Rupert Bodkin - C</t>
   </si>
   <si>
     <t>#72 Peter McAdams - LT</t>
   </si>
   <si>
     <t>#73 Julio Napoli - LG</t>
   </si>
   <si>
     <t>(13:41) 6-Stephen Roman kicks 74 yards from PNX 35 to NYE -9. 35-Kenny Davis to NYE 22 for 32 yards. Tackle by 35-David Freeman.</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>NYE 22</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>1-10-NYE 22 (13:35) 11-Johnnie Soto ran to NYE 29 for 7 yards. Tackle by 43-Jose Henderson.</t>
   </si>