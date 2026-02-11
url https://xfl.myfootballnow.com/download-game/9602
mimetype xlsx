--- v1 (2025-12-27)
+++ v2 (2026-02-11)
@@ -380,96 +380,96 @@
   <si>
     <t>#64 Joey Carney - LG</t>
   </si>
   <si>
     <t>#77 Michael Landry - C</t>
   </si>
   <si>
     <t>#62 Rufus Thompson - LT</t>
   </si>
   <si>
     <t>#58 Michael Lyons - RG</t>
   </si>
   <si>
     <t>#72 Michael Whaley - LDE</t>
   </si>
   <si>
     <t>#50 Michael Wilson - DT</t>
   </si>
   <si>
     <t>#79 Nicholas Matias - CB</t>
   </si>
   <si>
     <t>#58 Thomas Gooch - RDE</t>
   </si>
   <si>
-    <t>#70 Thomas Reyes - LDE</t>
+    <t>#98 Thomas Reyes - LDE</t>
   </si>
   <si>
     <t>#41 Anthony Mansfield - CB</t>
   </si>
   <si>
     <t>#49 Troy Winchell - CB</t>
   </si>
   <si>
     <t>#30 Daniel Jenkins - CB</t>
   </si>
   <si>
     <t>#27 Jose Henderson - CB</t>
   </si>
   <si>
     <t>#48 Tyrone Birge - CB</t>
   </si>
   <si>
     <t>#42 Jeffrey Daniels - CB</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>NYE 19</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>2-3-NYE 19 (14:16) 11-Johnnie Soto ran to NYE 17 for -2 yards. Tackle by 49-Troy Winchell.</t>
   </si>
   <si>
     <t>#87 Jarred Ramos - TE</t>
   </si>
   <si>
     <t>#82 Steve Finch - WR</t>
   </si>
   <si>
     <t>#48 Lorenzo Kapoor - LDE</t>
   </si>
   <si>
-    <t>#47 David Smothers - CB</t>
+    <t>#24 David Smothers - CB</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>NYE 17</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>3-5-NYE 17 (13:37) 9-William Jennings pass incomplete, dropped by 14-Sean Richards.</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-NYE 17 (13:33) 2-Daniel Moore punts 45 yards to PNX 38. Fair Catch by 44-Lee Lytton.</t>
   </si>
@@ -683,51 +683,51 @@
   <si>
     <t>#98 Mike Russell - DT</t>
   </si>
   <si>
     <t>(9:49) 6-Stephen Roman kicks 75 yards from PNX 35 to NYE -10. 35-Kenny Davis for 110yards. TOUCHDOWN! PNX 56-Turkey Leg Summerall was injured on the play. He looks like he should be able to return. NYE 6 PNX 7</t>
   </si>
   <si>
     <t>9:32</t>
   </si>
   <si>
     <t>PNX 15</t>
   </si>
   <si>
     <t>(9:33) Extra point GOOD by 4-Chris Claycomb. NYE 7 PNX 7</t>
   </si>
   <si>
     <t>#4 Chris Claycomb - K</t>
   </si>
   <si>
     <t>#65 Joshua Wendt - RG</t>
   </si>
   <si>
     <t>#35 David Freeman - CB</t>
   </si>
   <si>
-    <t>#99 Justin Mattox - SLB</t>
+    <t>#99 Justin Mattox - RDE</t>
   </si>
   <si>
     <t>#59 Clarence King - RDE</t>
   </si>
   <si>
     <t>#96 Caleb Borowski - DT</t>
   </si>
   <si>
     <t>#93 Eric Williams - LDE</t>
   </si>
   <si>
     <t>#90 Robert Martin - DT</t>
   </si>
   <si>
     <t>NYE 35</t>
   </si>
   <si>
     <t>(9:33) 4-Chris Claycomb kicks 70 yards from NYE 35 to PNX -5. 44-Lee Lytton to PNX 27 for 33 yards. 44-Lee Lytton FUMBLES (38-Robert Woodie) recovered by PNX-46-Tyrone Birge at PNX 27. Tackle by 30-Marvin Torrey.</t>
   </si>
   <si>
     <t>#22 John Sandoval - SS</t>
   </si>
   <si>
     <t>#34 Matthew Rascon - SS</t>
   </si>
@@ -983,51 +983,51 @@
   <si>
     <t>Shotgun Normal TE Out</t>
   </si>
   <si>
     <t>3-1-NYE 0 (13:45) 9-Taylor Rojas pass Pass knocked down by 37-Martin Dalrymple. incomplete, intended for 12-James Hurlbert.</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>4-1-NYE 0 (13:43) 40-Son Johnson ran for 0 yards. TOUCHDOWN! NYE 7 PNX 13</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>(13:41) Extra point GOOD by 6-Stephen Roman. NYE 7 PNX 14</t>
   </si>
   <si>
-    <t>#51 John Courtemanche - RT</t>
+    <t>#51 John Courtemanche - C</t>
   </si>
   <si>
     <t>#74 Rupert Bodkin - C</t>
   </si>
   <si>
     <t>#72 Peter McAdams - LT</t>
   </si>
   <si>
     <t>#73 Julio Napoli - LG</t>
   </si>
   <si>
     <t>(13:41) 6-Stephen Roman kicks 74 yards from PNX 35 to NYE -9. 35-Kenny Davis to NYE 22 for 32 yards. Tackle by 35-David Freeman.</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>NYE 22</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>1-10-NYE 22 (13:35) 11-Johnnie Soto ran to NYE 29 for 7 yards. Tackle by 43-Jose Henderson.</t>
   </si>
@@ -2337,100 +2337,100 @@
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="319.636" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="49" max="49" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="34.135" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">