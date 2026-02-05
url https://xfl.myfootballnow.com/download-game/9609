--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -629,51 +629,51 @@
   <si>
     <t>#13 Brian Thompson - WR</t>
   </si>
   <si>
     <t>10:09</t>
   </si>
   <si>
     <t>Dime Normal Double WR1</t>
   </si>
   <si>
     <t>3-18-TOR 48 (10:10) 3-Michael Keeler pass complete to 80-Lester Litchfield to GCG 43 for 9 yards. Tackle by 27-Mike Flaherty.</t>
   </si>
   <si>
     <t>9:30</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-GCG 43 (9:29) 10-David Medina punts 43 yards to GCG 0.4-10-GCG 43 (9:29) 10-David Medina punts 43 yards to GCG 0. Touchback.</t>
   </si>
   <si>
-    <t>#10 David Medina - P</t>
+    <t>#4 David Medina - P</t>
   </si>
   <si>
     <t>#70 Patrick Snyder - RG</t>
   </si>
   <si>
     <t>#66 Tim Jones - RDE</t>
   </si>
   <si>
     <t>#94 Solomon Holmes - DT</t>
   </si>
   <si>
     <t>9:19</t>
   </si>
   <si>
     <t>GCG 20</t>
   </si>
   <si>
     <t>Shotgun Normal FL Slant</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>1-10-GCG 20 (9:20) 16-Robbie Heath pass Pass knocked down by 24-John Teixeira. incomplete, intended for 12-Alex  Skolnick.</t>
   </si>