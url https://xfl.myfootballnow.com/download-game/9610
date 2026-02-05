--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -347,81 +347,81 @@
   <si>
     <t>I Formation Power HB Draw</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-BUF 25 (15:00) 17-Martin Urlacher  ran to BUF 25 for a short loss. Tackle by 95-Lewis Jones.</t>
   </si>
   <si>
     <t>#8 Matthew Whitney - QB</t>
   </si>
   <si>
     <t>#32 Joseph Moore - RB</t>
   </si>
   <si>
     <t>#81 James Vasquez - WR</t>
   </si>
   <si>
     <t>#59 Dan Bradwell - C</t>
   </si>
   <si>
     <t>#76 Dwayne Burton - C</t>
   </si>
   <si>
-    <t>#55 George Roberts - WLB</t>
+    <t>#55 George Roberts - FS</t>
   </si>
   <si>
     <t>#76 John Green - DT</t>
   </si>
   <si>
     <t>#96 Edwin Johnson - DT</t>
   </si>
   <si>
     <t>#96 Samuel Brummett - RDE</t>
   </si>
   <si>
     <t>#99 Richard Johns - SLB</t>
   </si>
   <si>
     <t>#95 Lewis Jones - WLB</t>
   </si>
   <si>
     <t>#91 Frank Watson - WLB</t>
   </si>
   <si>
     <t>#63 Thomas Haney - DT</t>
   </si>
   <si>
     <t>#22 Daryl Gardner - CB</t>
   </si>
   <si>
     <t>#38 Derrick Roberts - CB</t>
   </si>
   <si>
-    <t>#49 Charles Waters - FS</t>
+    <t>#25 Charles Waters - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>2-10-BUF 25 (14:21) 8-Matthew Whitney sacked at BUF 17 for -8 yards (67-Samuel Brummett). Sack allowed by 75-Christopher Contreras.</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>BUF 17</t>
   </si>
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>
   <si>
     <t>Dime Flat Cover 2</t>
   </si>
   <si>
     <t>3-18-BUF 17 (13:37) 8-Matthew Whitney pass complete to 85-Joseph Moore to BUF 39 for 22 yards. Pushed out of bounds by 32-Charles Waters.</t>
   </si>