--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -392,51 +392,51 @@
   <si>
     <t>#59 Paul Green - MLB</t>
   </si>
   <si>
     <t>#97 Kenny Ortiz - DT</t>
   </si>
   <si>
     <t>#53 Eric Sosa - SLB</t>
   </si>
   <si>
     <t>#94 Pedro Lund - CB</t>
   </si>
   <si>
     <t>#70 Roy Hurt - LDE</t>
   </si>
   <si>
     <t>#53 Lloyd Sanderson - LDE</t>
   </si>
   <si>
     <t>#50 Garrett Lansberry - CB</t>
   </si>
   <si>
     <t>#57 Brian Manning - RDE</t>
   </si>
   <si>
-    <t>#33 Alvin Ward - SS</t>
+    <t>#45 Alvin Ward - SS</t>
   </si>
   <si>
     <t>#44 Christopher Larson - SS</t>
   </si>
   <si>
     <t>#46 Don Hamilton - CB</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>NEC 22</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-13-NEC 22 (14:13) 18-Reynaldo Cook pass complete to 84-Steven Hamel to NEC 34 for 11 yards. Tackle by 37-Christopher Larson.</t>
   </si>
   <si>
     <t>#91 Lupe Armstrong - RDE</t>
   </si>
@@ -503,51 +503,51 @@
   <si>
     <t>SEA 20</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>1-10-SEA 20 (12:54) 89-Bryant Minick ran to SEA 26 for 5 yards. Tackle by 24-Jean Davis.</t>
   </si>
   <si>
     <t>#1 Stanley McKeon - QB</t>
   </si>
   <si>
     <t>#79 Bryant Minick - RT</t>
   </si>
   <si>
     <t>#87 Johnny Escobedo - TE</t>
   </si>
   <si>
     <t>#23 Anthony Crawford - RB</t>
   </si>
   <si>
     <t>#72 Steven Jones - C</t>
   </si>
   <si>
-    <t>#79 Harland Chamberlain - C</t>
+    <t>#58 Harland Chamberlain - C</t>
   </si>
   <si>
     <t>#50 Ryan Butler - LG</t>
   </si>
   <si>
     <t>#75 Scott Smith - LT</t>
   </si>
   <si>
     <t>#63 Ethan Mauk - RG</t>
   </si>
   <si>
     <t>#73 James Lee - RT</t>
   </si>
   <si>
     <t>#47 Alvin Moore - FS</t>
   </si>
   <si>
     <t>#90 Robert Lewis - RDE</t>
   </si>
   <si>
     <t>#90 Randy Newton - WLB</t>
   </si>
   <si>
     <t>#54 Jeremy Holmes - WLB</t>
   </si>