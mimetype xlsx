--- v1 (2026-02-05)
+++ v2 (2026-03-31)
@@ -758,51 +758,51 @@
   <si>
     <t>1-10-NEC 19 (6:43) 42-William Gorsuch ran to NEC 21 for 2 yards. Tackle by 58-Garrett Lansberry.</t>
   </si>
   <si>
     <t>6:05</t>
   </si>
   <si>
     <t>NEC 21</t>
   </si>
   <si>
     <t>2-8-NEC 21 (6:04) 42-William Gorsuch ran to NEC 23 for 2 yards. Tackle by 58-Garrett Lansberry.</t>
   </si>
   <si>
     <t>5:21</t>
   </si>
   <si>
     <t>NEC 23</t>
   </si>
   <si>
     <t>I Formation Power Play Action Bomb</t>
   </si>
   <si>
     <t>3-7-NEC 23 (5:20) 18-Reynaldo Cook ran to NEC 41 for 19 yards. Tackle by 92-Lloyd Sanderson.</t>
   </si>
   <si>
-    <t>#86 Leland Mills - TE</t>
+    <t>#81 Leland Mills - TE</t>
   </si>
   <si>
     <t>4:38</t>
   </si>
   <si>
     <t>NEC 41</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-NEC 41 (4:37) 18-Reynaldo Cook pass Pass knocked down by 31-Anthony Pitre. incomplete, intended for 13-Steven Crist.</t>
   </si>
   <si>
     <t>#11 Ryan Goodin - WR</t>
   </si>
   <si>
     <t>#13 Steven Crist - WR</t>
   </si>
   <si>
     <t>#31 Anthony Pitre - FS</t>
   </si>
@@ -1373,51 +1373,51 @@
   <si>
     <t>12:58</t>
   </si>
   <si>
     <t>1-10-NEC 41 (12:57) 1-Stanley McKeon pass complete to 28-John Parker to NEC 14 for 27 yards. Tackle by 94-Christopher Grissom. 28-John Parker breaks down the CB.</t>
   </si>
   <si>
     <t>12:09</t>
   </si>
   <si>
     <t>NEC 14</t>
   </si>
   <si>
     <t>1-10-NEC 14 (12:08) 47-Anthony Crawford ran to NEC 12 for 3 yards. Tackle by 70-Randy Newton.</t>
   </si>
   <si>
     <t>11:23</t>
   </si>
   <si>
     <t>NEC 12</t>
   </si>
   <si>
     <t>2-7-NEC 12 (11:22) 1-Stanley McKeon pass complete to 47-Anthony Crawford to NEC 11 for a short gain. Tackle by 48-Jason Robertson.</t>
   </si>
   <si>
-    <t>#37 Jeffrey Pritchett - SS</t>
+    <t>#37 Jeffrey Pritchett - LDE</t>
   </si>
   <si>
     <t>10:38</t>
   </si>
   <si>
     <t>NEC 11</t>
   </si>
   <si>
     <t>3-7-NEC 11 (10:37) 89-Bryant Minick ran to NEC 5 for 6 yards. Tackle by 72-Alvin Moore.</t>
   </si>
   <si>
     <t>9:57</t>
   </si>
   <si>
     <t>NEC 5</t>
   </si>
   <si>
     <t>4-1-NEC 5 (9:56) 7-Ronald Grundy 22 yard field goal is GOOD. SEA 13 NEC 6</t>
   </si>
   <si>
     <t>9:53</t>
   </si>
   <si>
     <t>(9:54) 7-Ronald Grundy kicks 74 yards from SEA 35 to NEC -9. Touchback.</t>
   </si>